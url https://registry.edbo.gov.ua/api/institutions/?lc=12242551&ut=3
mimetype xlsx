--- v0 (2025-11-05)
+++ v1 (2026-03-10)
@@ -634,51 +634,51 @@
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту виконавчого комітету Покровської селищної ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(05638)21286</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>pokr_school1@ukr.net</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
           <t>http://pokr-school1.ucoz.ua</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
-          <t>Директор Каліберда Людмила Олександрівна</t>
+          <t>Директор Долгоног Сергій Володимирович</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5" t="n">
         <v>1000</v>
       </c>