--- v0 (2025-12-26)
+++ v1 (2026-03-27)
@@ -1655,51 +1655,51 @@
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту виконавчого комітету Покровської селищної ради</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
           <t>(05638)21286</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
           <t>pokr_school1@ukr.net</t>
         </is>
       </c>
       <c r="S13" s="4" t="inlineStr">
         <is>
           <t>http://pokr-school1.ucoz.ua</t>
         </is>
       </c>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>Директор Каліберда Людмила Олександрівна</t>
+          <t>Директор Долгоног Сергій Володимирович</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5" t="n">
         <v>1000</v>
       </c>