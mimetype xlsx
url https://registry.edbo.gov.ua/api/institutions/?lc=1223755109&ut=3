--- v0 (2025-10-21)
+++ v1 (2025-12-05)
@@ -394,51 +394,51 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA12020190100030795</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., Дніпровський р-н, с. Мала Петриківка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Петриківської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(098)212-53-88</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>chpar@online.ua</t>
+          <t>mpsgfchool@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://malapetrikivka.e-schools.info/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Ковальова Оксана Василівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>