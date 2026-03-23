--- v0 (2025-12-22)
+++ v1 (2026-03-23)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. В'язівок, Павлоградський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 28</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA12120030030062062</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., Павлоградський р-н, с. В’язівок</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Виконавчий комітет Вербківської сільської ради</t>
+          <t>ВИКОНАВЧИЙ КОМІТЕТ ВЕРБКІВСЬКОЇ СІЛЬСЬКОЇ РАДИ ПАВЛОГРАДСЬКОГО РАЙОНУ ДНІПРОПЕТРОВСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05632)59256</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>vyzivok@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>vyzivok.fo.ru</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Мішуста Тетяна Михайлівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>