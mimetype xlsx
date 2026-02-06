--- v0 (2025-10-22)
+++ v1 (2026-02-06)
@@ -367,51 +367,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1223582801</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Вербки, Павлоградський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Матросова, 13</t>
+          <t>вулиця Центральна, 13</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA12120030010031225</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., Павлоградський р-н, с. Вербки</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Виконавчий комітет Вербківської сільської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05632)58-1-48</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">