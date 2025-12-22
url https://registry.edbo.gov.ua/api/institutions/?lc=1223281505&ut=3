--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -319,51 +319,51 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Філія Хащівська гімназія Миколаївського ліцею Губиниської селищної ради</t>
+          <t>Хащівська гімназія Губиниської селищної ради</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>138563</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Хащівська гімназія</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -404,56 +404,56 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, сім'ї, молоді та спорту Губиниської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(067)9163094</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>hachivschool@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://khaschove.dnepredu.com</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Чечіль Наталія Анатоліївна</t>
+          <t>Директор Чечіль Наталія Анатоліївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:Y2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">