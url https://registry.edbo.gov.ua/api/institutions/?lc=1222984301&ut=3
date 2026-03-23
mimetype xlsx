--- v0 (2025-10-22)
+++ v1 (2026-03-23)
@@ -388,67 +388,67 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 3</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA12080070270039153</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., Нікопольський р-н, с. Новоіванівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, сім'ї, молоді та спорту, культури та туризму Виконавчого комітету Мозолевської сільської ради Нікопольського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(0566)696183</t>
+          <t>(066)9884088</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>Novoivaniv_scool@bigmir.net</t>
+          <t>novoivanivscool@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>pershotravenska.kl.com.ua</t>
+          <t>https://sites.google.com/view/novoivanivskagimnazia/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Сивко Світлана Милославівна</t>
+          <t>Завідувач філією Родін Олексій Миколайович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>