--- v0 (2025-11-05)
+++ v1 (2026-02-03)
@@ -519,51 +519,51 @@
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>ВІДДІЛ ОСВІТИ, МОЛОДІ ТА СПОРТУ МЕЖІВСЬКОЇ СЕЛИЩНОЇ РАДИ</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(05630)95-4-34</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>liliya.dudnik@gmail.com</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>https://sites.google.com/view/volodimir-sh</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Директор Сидоренко Валентина Іванівна</t>
+          <t>Директор Тарасенко Олена Валентинівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5" t="n">
         <v>165</v>
       </c>
@@ -749,51 +749,51 @@
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>ВІДДІЛ ОСВІТИ, МОЛОДІ ТА СПОРТУ МЕЖІВСЬКОЇ СЕЛИЩНОЇ РАДИ</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(05630)96-7-16</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
           <t>ivanivskash@gmail.com</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
           <t>http://ivanivskash.klasna.com</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>Директор Калько Інна Миколаївна</t>
+          <t>Директор Лизько Валентина Степанівна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5" t="n">
         <v>103</v>
       </c>
@@ -1094,51 +1094,51 @@
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>ВІДДІЛ ОСВІТИ, МОЛОДІ ТА СПОРТУ МЕЖІВСЬКОЇ СЕЛИЩНОЇ РАДИ</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
           <t>(05630)62-1-56</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
           <t>mezhovash2@gmail.com</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
           <t>http://mezhovash2.klasna.com</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Директор Іванисенко Валентина Григорівна</t>
+          <t>Директор Ковалевська Оксана Леонідівна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5" t="n">
         <v>270</v>
       </c>
@@ -1370,51 +1370,51 @@
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
           <t>Новопідгороднянська гімназія Межівської селищної ради</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
         <v>136095</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>Новопідгороднянська гімназія МСР</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
           <t>1222687706</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>с. Новопідгородне, Межівський район, Дніпропетровська область</t>