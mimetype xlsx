--- v0 (2025-10-22)
+++ v1 (2025-12-15)
@@ -367,88 +367,88 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1222387201</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Чернеччина, Магдалинівський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Комарова, 16</t>
+          <t>вулиця Героїв, 16</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA12100150010067767</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., Самарівський р-н, с. Чернеччина</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Чернеччинської сільської ради Магдалинівського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(05691)97426</t>
+          <t>(095)4151033</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>Chernetchina_school@mag-osvita.dp.ua</t>
+          <t>chernetchina_school@mag-osvita.dp.ua</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://chernetchina_school.dnepredu.com</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Риженко Юрій Вікторович</t>
+          <t>Директор Ковбаса Світлана Григорівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>