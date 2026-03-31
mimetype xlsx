--- v0 (2025-10-22)
+++ v1 (2026-03-31)
@@ -394,56 +394,56 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA12100050150050293</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., Самарівський р-н, с. Котовка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(0569)192382</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>larikot@meta.ua</t>
+          <t>kotovskaschool@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>kotovskynrc.wixsite.com/knrc</t>
+          <t>https://kotovska-spshool.dnepredu.com</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Конюхова Наталія Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>