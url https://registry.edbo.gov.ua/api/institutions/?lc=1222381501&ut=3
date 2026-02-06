--- v0 (2025-10-22)
+++ v1 (2026-02-06)
@@ -367,51 +367,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1222381501</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Гупалівка, Магдалинівський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 1</t>
+          <t>вулиця Пугача Валерія, 22</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA12100150020022394</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., Самарівський р-н, с. Гупалівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Чернеччинської сільської ради Магдалинівського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05691)95448</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">