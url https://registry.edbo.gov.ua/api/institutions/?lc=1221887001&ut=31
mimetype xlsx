--- v0 (2025-10-25)
+++ v1 (2026-02-14)
@@ -319,99 +319,99 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад"Червоненський заклад дошкільної освіти (ясла-садок) "Берізка" загального розвитку" Глеюватської сільської ради</t>
+          <t>Червоненський заклад дошкільної освіти "Берізка" Глеюватської сільської ради</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>164674</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Червоненський ЗДО "Берізка"</t>
+          <t>Червоненський ЗДО "Берізка"</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1221887001</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Червоне, Криворізький район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гагаріна, 10</t>
+          <t>вулиця Незалежності, 10</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA12060050170076997</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., Криворізький р-н, с. Червоне</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді, спорту, культури та туризму Глеюватської сільської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(096)9891006</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">