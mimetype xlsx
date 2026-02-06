--- v0 (2025-10-22)
+++ v1 (2026-02-06)
@@ -367,51 +367,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1221884501</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Недайвода, Криворізький район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 101-а</t>
+          <t>вулиця Миру, 101-A</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA12060050120027678</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., Криворізький р-н, с. Недайвода</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді, спорту, культури та туризму Глеюватської сільської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(097)5425089</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">