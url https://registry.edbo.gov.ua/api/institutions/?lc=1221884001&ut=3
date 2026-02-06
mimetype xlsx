--- v0 (2025-10-22)
+++ v1 (2026-02-06)
@@ -513,51 +513,51 @@
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., Криворізький р-н, с. Лозуватка</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, молоді та спорту Лозуватської сільської ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(068)774-96-93</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>lozschooltwo@gmail.com</t>
         </is>
       </c>
       <c r="S3" s="4"/>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Потоцька Ірина Володимирівна</t>
+          <t>Завідувач філією Шестакова Ольга Анатоліївна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">