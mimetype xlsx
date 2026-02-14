--- v0 (2025-10-25)
+++ v1 (2026-02-14)
@@ -319,99 +319,99 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Глеюватський комбінований заклад дошкільної освіти (ясла-садок) "Веселка" Глеюватської сільської ради</t>
+          <t>Глеюватський заклад дошкільної освіти "Веселка" Глеюватської сільської ради</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>164676</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>КЗ "Глеюватський ЗДО "Веселка"</t>
+          <t>Глеюватський ЗДО "Веселка"</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1221882001</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Глеюватка, Криворізький район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кірова Олександра, 2а</t>
+          <t>вулиця Щастя, 2а</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA12060050010094800</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., Криворізький р-н, с. Глеюватка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді, спорту, культури та туризму Глеюватської сільської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(096)4327035</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">