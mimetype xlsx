--- v0 (2025-10-22)
+++ v1 (2025-12-15)
@@ -388,67 +388,67 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Українська, 2-Б</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA12060050010094800</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., Криворізький р-н, с. Глеюватка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді, спорту, культури та туризму Глеюватської сільської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(067)6901966</t>
+          <t>(096)7853205</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>gleevatka@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://gleevatka.klasna.com</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Могилюк Світлана Василівна</t>
+          <t>Директор Шевченко Анна Олександрівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>