--- v0 (2025-10-22)
+++ v1 (2026-02-06)
@@ -408,51 +408,51 @@
           <t>Відділ гуманітарно-соціальної сфери виконавчого комітету Сурсько-Литовської сільської ради Дніпровського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(056)7112194</t>
         </is>
       </c>
       <c r="Q2" s="4" t="inlineStr">
         <is>
           <t>(056)7112194</t>
         </is>
       </c>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>kzsur-lit@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://nikishmni.wixsite.com</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Челомова Альона Валентинівна</t>
+          <t>Директор Челомова Альона Валентинівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>