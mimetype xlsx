--- v0 (2025-10-22)
+++ v1 (2026-02-06)
@@ -408,51 +408,51 @@
           <t>Відділ гуманітарно-соціальної сфери виконавчого комітету Сурсько-Литовської сільської ради Дніпровського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(056)711-15-59</t>
         </is>
       </c>
       <c r="Q2" s="4" t="inlineStr">
         <is>
           <t>(056)711-15-59</t>
         </is>
       </c>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>kznovomik@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://novomykolaivka-lyceum.dp.sch.in.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Помазан Артем Сергійович</t>
+          <t>Директор Помазан Артем Сергійович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>