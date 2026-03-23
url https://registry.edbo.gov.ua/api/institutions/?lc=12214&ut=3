--- v0 (2025-12-23)
+++ v1 (2026-03-23)
@@ -432,74 +432,74 @@
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
-          <t>Волоський ліцей Новоолександрівської сільської ради Дніпровського району Дніпропетровської області</t>
+          <t>Волоська гімназія Новоолександрівської сільської ради Дніпровського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>148505</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
-          <t>Волоський ліцей</t>
+          <t>Волоська гімназія</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>1221481501</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>с. Волоське, Дніпровський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Набережна, 42</t>
@@ -2178,67 +2178,67 @@
         </is>
       </c>
       <c r="K18" s="4" t="inlineStr">
         <is>
           <t>вулиця Партизанська, 58</t>
         </is>
       </c>
       <c r="L18" s="6" t="inlineStr">
         <is>
           <t>UA12020210010051215</t>
         </is>
       </c>
       <c r="M18" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., Дніпровський р-н, м. Підгородне</t>
         </is>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Підгородненської міської ради Дніпровського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
-          <t>(097)9366591</t>
+          <t>(096)6693083</t>
         </is>
       </c>
       <c r="Q18" s="4"/>
       <c r="R18" s="4" t="inlineStr">
         <is>
           <t>pszsh4@gmail.com</t>
         </is>
       </c>
       <c r="S18" s="4" t="inlineStr">
         <is>
           <t>https://sites.google.com/view/gimnazia4</t>
         </is>
       </c>
       <c r="T18" s="4" t="inlineStr">
         <is>
-          <t>Директор Терентьєва Оксана Олексіївна</t>
+          <t>Т.в.о. директора Нестерук Марина Володимирівна</t>
         </is>
       </c>
       <c r="U18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">