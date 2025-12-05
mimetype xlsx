--- v0 (2025-10-21)
+++ v1 (2025-12-05)
@@ -399,51 +399,51 @@
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., Синельниківський р-н, с. Дубовики</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти ,молоді , спорту, культури, туризму та релігії Дубовиківської сільської ради Синельниківського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(096)1012627</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>duboviki.school@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>http://www.duboviki.ucoz.ua</t>
+          <t>https://sites.google.com/view/dubovikilyceum/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Селезньова Олена Аркадіївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>