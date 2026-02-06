--- v1 (2025-12-05)
+++ v2 (2026-02-06)
@@ -388,67 +388,67 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 49</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA12140070010075852</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., Синельниківський р-н, с. Дубовики</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти ,молоді , спорту, культури, туризму та релігії Дубовиківської сільської ради Синельниківського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(096)1012627</t>
+          <t>(098)8083973</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>duboviki.school@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>https://sites.google.com/view/dubovikilyceum/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Селезньова Олена Аркадіївна</t>
+          <t>Директор Мечик Олексій Андрійович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>