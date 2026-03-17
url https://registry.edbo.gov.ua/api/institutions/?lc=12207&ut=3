--- v0 (2025-12-17)
+++ v1 (2026-03-17)
@@ -1615,67 +1615,67 @@
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 49</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
           <t>UA12140070010075852</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., Синельниківський р-н, с. Дубовики</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти ,молоді , спорту, культури, туризму та релігії Дубовиківської сільської ради Синельниківського району Дніпропетровської області</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
-          <t>(096)1012627</t>
+          <t>(098)8083973</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
           <t>duboviki.school@gmail.com</t>
         </is>
       </c>
       <c r="S13" s="4" t="inlineStr">
         <is>
           <t>https://sites.google.com/view/dubovikilyceum/</t>
         </is>
       </c>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>Директор Селезньова Олена Аркадіївна</t>
+          <t>Директор Мечик Олексій Андрійович</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">