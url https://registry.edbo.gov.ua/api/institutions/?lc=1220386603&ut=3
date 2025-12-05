--- v0 (2025-10-19)
+++ v1 (2025-12-05)
@@ -404,51 +404,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>УПРАВЛІННЯ ОСВІТИ, КУЛЬТУРИ, МОЛОДІ ТА СПОРТУ АПОСТОЛІВСЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05656)51559</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>mzchool@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://school11.dnepredu.сom</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Завідувач філією Кальченко Інна Миколаївна</t>
+          <t>Завідувач філією Левченко Владислав Юрійович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>