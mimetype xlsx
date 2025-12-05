--- v0 (2025-10-19)
+++ v1 (2025-12-05)
@@ -630,51 +630,51 @@
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>УПРАВЛІННЯ ОСВІТИ, КУЛЬТУРИ, МОЛОДІ ТА СПОРТУ АПОСТОЛІВСЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(05656)91088</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>school4apost@ukr.net</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
           <t>http://school4apost.dnepredu.com</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
-          <t>Директор Лавриненко Любов Миколаївна</t>
+          <t>Директор Шмигіна Наталія Леонідівна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
   </sheetData>