--- v0 (2025-12-17)
+++ v1 (2026-03-17)
@@ -1493,51 +1493,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
           <t>1220310300</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>Зеленодольськ, Апостолівський район, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
-          <t>вулиця Спортивна, 3</t>
+          <t>вулиця Спортивна, 1а</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
           <t>UA12060130010067974</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., Криворізький р-н, м. Зеленодольськ</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, спорту та молодіжної політики Зеленодольської міської ради</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
           <t>(097)3573432</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">