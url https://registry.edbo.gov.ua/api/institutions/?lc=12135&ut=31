--- v0 (2025-10-25)
+++ v1 (2026-02-14)
@@ -319,74 +319,74 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад "Заклад дошкільної освіти (ясла-садок) №4 "Веселка" Тернівської міської ради Дніпропетровської області"</t>
+          <t>комунальний заклад "Заклад дошкільної освіти №4 "Веселка" Тернівської міської ради Дніпропетровської області"</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>164228</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>ЗДО №4 "Веселка"</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>1213500000</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Тернівка, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Героїв України, 13</t>
@@ -432,74 +432,74 @@
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад "Заклад дошкільної освіти (ясла-садок) №5 "Горобинка" Тернівської міської ради Дніпропетровської області"</t>
+          <t>комунальний заклад "Заклад дошкільної освіти №5 "Горобинка" Тернівської міської ради Дніпропетровської області"</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>164229</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>ЗДО №5 "Горобинка"</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>1213500000</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Тернівка, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Григорія Сковороди, 14-а</t>
@@ -545,74 +545,74 @@
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад "Заклад дошкільної освіти (ясла-садок) №6 "Зоряний" Тернівської міської ради Дніпропетровської області""</t>
+          <t>комунальний заклад "Заклад дошкільної освіти №6 "Зоряний" Тернівської міської ради Дніпропетровської області""</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
         <v>164230</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>ЗДО №6 "Зоряний"</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>1213500000</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Тернівка, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
           <t>вулиця Шахтарська, 3-а</t>
@@ -658,74 +658,74 @@
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад "Заклад дошкільної освіти (ясла-садок) комбінованого типу №7 "Джерельце" Тернівської міської ради Дніпропетровської області"</t>
+          <t>комунальний заклад "Заклад дошкільної освіти №7 "Джерельце" Тернівської міської ради Дніпропетровської області"</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
         <v>164231</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
           <t>ЗДО №7 "Джерельце"</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>1213500000</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Тернівка, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
           <t>бульвар Героїв Космосу, 6</t>