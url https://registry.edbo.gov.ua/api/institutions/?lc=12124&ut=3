--- v0 (2025-11-25)
+++ v1 (2026-02-18)
@@ -1195,572 +1195,572 @@
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
-          <t>Гімназія №7 з дошкільним відділенням Павлоградської міської ради</t>
+          <t>Гімназія №5 Павлоградської міської ради</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
-        <v>139178</v>
+        <v>138919</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4"/>
       <c r="E10" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
           <t>1212400000</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>Павлоград, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
-          <t>вулиця Європейська, 7А</t>
+          <t>вулиця Верстатобудівників, 5В</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
           <t>UA12120070010055676</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Павлоград</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Павлоградської міської ради</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
-          <t>(0563)203837</t>
+          <t>(066)1427201</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
-          <t>sc_7_pv@ukr.net</t>
+          <t>sc_5_pv@ukr.net</t>
         </is>
       </c>
       <c r="S10" s="4" t="inlineStr">
         <is>
-          <t>http://school7-pv.klasna.com</t>
+          <t>http://sc_5_pv.dnepredu.com/</t>
         </is>
       </c>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>Директор Пивоварова Юлія Миколаївна</t>
+          <t>Директор Кайтанюк Світлана Миколаївна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад освіти "Спеціальна школа "Світанок" Дніпропетровської обласної ради"</t>
+          <t>Гімназія №7 з дошкільним відділенням Павлоградської міської ради</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
-        <v>137429</v>
+        <v>139178</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D11" s="4"/>
       <c r="E11" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
-          <t>спеціальна школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
           <t>1212400000</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>Павлоград, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
-          <t>вулиця Дніпровська, 573</t>
+          <t>вулиця Європейська, 7А</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA12120070010055676</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Павлоград</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
+          <t>Відділ освіти Павлоградської міської ради</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
-          <t>(095)3466650</t>
+          <t>(0563)203837</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
-          <t>dutuna@multinet.dp.ua</t>
+          <t>sc_7_pv@ukr.net</t>
         </is>
       </c>
       <c r="S11" s="4" t="inlineStr">
         <is>
-          <t>pavlogradnrcenter.jimdo.com</t>
+          <t>http://school7-pv.klasna.com</t>
         </is>
       </c>
       <c r="T11" s="4" t="inlineStr">
         <is>
-          <t>Директор Корж Тетяна Павлівна</t>
+          <t>Директор Пивоварова Юлія Миколаївна</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №1 Павлоградської міської ради</t>
+          <t>Комунальний заклад освіти "Спеціальна школа "Світанок" Дніпропетровської обласної ради"</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
-        <v>139121</v>
+        <v>137429</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D12" s="4"/>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>КЗО "СШ "Світанок" ДОР"</t>
+        </is>
+      </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>спеціальна школа</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
           <t>1212400000</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>Павлоград, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
-          <t>вулиця Озерна, 59</t>
+          <t>вулиця Дніпровська, 573</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
           <t>UA12120070010055676</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Павлоград</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Павлоградської міської ради</t>
+          <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
-          <t>(050)5932535</t>
+          <t>(095)3466650</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
-          <t>sc_1_pv@ukr.net</t>
+          <t>dutuna@multinet.dp.ua</t>
         </is>
       </c>
       <c r="S12" s="4" t="inlineStr">
         <is>
-          <t>http://school1_pv.klasna.com</t>
+          <t>pavlogradnrcenter.jimdo.com</t>
         </is>
       </c>
       <c r="T12" s="4" t="inlineStr">
         <is>
-          <t>Директор Майборода Світлана Валеріївна</t>
+          <t>Директор Корж Тетяна Павлівна</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №17 Павлоградської міської ради</t>
+          <t>Ліцей №1 Павлоградської міської ради</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
-        <v>138585</v>
+        <v>139121</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4"/>
       <c r="E13" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
           <t>1212400000</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>Павлоград, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 71А</t>
+          <t>вулиця Озерна, 59</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
           <t>UA12120070010055676</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Павлоград</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Павлоградської міської ради</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
-          <t>(066)1105525</t>
+          <t>(050)5932535</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
-          <t>sc_17_pv@ukr.net</t>
+          <t>sc_1_pv@ukr.net</t>
         </is>
       </c>
       <c r="S13" s="4" t="inlineStr">
         <is>
-          <t>https://www.school17pv.dp.ua/</t>
+          <t>http://school1_pv.klasna.com</t>
         </is>
       </c>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>Директор Старченко Наталія Михайлівна</t>
+          <t>Директор Майборода Світлана Валеріївна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №5 Павлоградської міської ради</t>
+          <t>Ліцей №17 Павлоградської міської ради</t>
         </is>
       </c>
       <c r="B14" s="5" t="n">
-        <v>138919</v>
+        <v>138585</v>
       </c>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D14" s="4"/>
       <c r="E14" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G14" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H14" s="6" t="inlineStr">
         <is>
           <t>1212400000</t>
         </is>
       </c>
       <c r="I14" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J14" s="4" t="inlineStr">
         <is>
           <t>Павлоград, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K14" s="4" t="inlineStr">
         <is>
-          <t>вулиця Верстатобудівників, 5В</t>
+          <t>вулиця Центральна, 71А</t>
         </is>
       </c>
       <c r="L14" s="6" t="inlineStr">
         <is>
           <t>UA12120070010055676</t>
         </is>
       </c>
       <c r="M14" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Павлоград</t>
         </is>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Павлоградської міської ради</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
-          <t>(066)1427201</t>
+          <t>(066)1105525</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
         <is>
-          <t>sc_5_pv@ukr.net</t>
+          <t>sc_17_pv@ukr.net</t>
         </is>
       </c>
       <c r="S14" s="4" t="inlineStr">
         <is>
-          <t>http://sc_5_pv.dnepredu.com/</t>
+          <t>https://www.school17pv.dp.ua/</t>
         </is>
       </c>
       <c r="T14" s="4" t="inlineStr">
         <is>
-          <t>Директор Кайтанюк Світлана Миколаївна</t>
+          <t>Директор Старченко Наталія Михайлівна</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">