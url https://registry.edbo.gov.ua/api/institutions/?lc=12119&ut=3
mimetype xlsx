--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -593,51 +593,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>1211900000</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Новомосковськ, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
-          <t>вулиця Спаська, 42 А</t>
+          <t>вулиця Спаська, 42-А</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA12100070010038698</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., Самарівський р-н, м. Самар</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Самарівської міської ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(056)9358841</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
@@ -706,51 +706,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>1211900000</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Новомосковськ, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
-          <t>вулиця Юрченка, 24</t>
+          <t>вулиця Станіслава Юрченка, 24</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA12100070010038698</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., Самарівський р-н, м. Самар</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Самарівської міської ради</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(000)0000000</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
@@ -819,51 +819,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>1211900000</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Новомосковськ, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
-          <t>вулиця Паланочна, 33</t>
+          <t>вулиця Паланкова, 33</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA12100070010038698</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., Самарівський р-н, м. Самар</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Самарівської міської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
           <t>(000)0000000</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
@@ -1610,51 +1610,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
           <t>1211900000</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>Новомосковськ, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
-          <t>вулиця О.Мітягіна, 21</t>
+          <t>вулиця Олександра Мітягіна, 21</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
           <t>UA12100070010038698</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., Самарівський р-н, м. Самар</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Самарівської міської ради</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
           <t>(000)0000000</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
@@ -1836,51 +1836,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H15" s="6" t="inlineStr">
         <is>
           <t>1211900000</t>
         </is>
       </c>
       <c r="I15" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J15" s="4" t="inlineStr">
         <is>
           <t>Новомосковськ, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K15" s="4" t="inlineStr">
         <is>
-          <t>вулиця Зелінського, 5</t>
+          <t>вулиця Гавриіла Зелінського, 5</t>
         </is>
       </c>
       <c r="L15" s="6" t="inlineStr">
         <is>
           <t>UA12100070010038698</t>
         </is>
       </c>
       <c r="M15" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., Самарівський р-н, м. Самар</t>
         </is>
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Самарівської міської ради</t>
         </is>
       </c>
       <c r="P15" s="4" t="inlineStr">
         <is>
           <t>(000)0000000</t>
         </is>
       </c>
       <c r="Q15" s="4"/>
       <c r="R15" s="4" t="inlineStr">
@@ -1949,51 +1949,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G16" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H16" s="6" t="inlineStr">
         <is>
           <t>1211900000</t>
         </is>
       </c>
       <c r="I16" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J16" s="4" t="inlineStr">
         <is>
           <t>Новомосковськ, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K16" s="4" t="inlineStr">
         <is>
-          <t>вулиця Паланочна, 9-А</t>
+          <t>вулиця Паланкова, 9-А</t>
         </is>
       </c>
       <c r="L16" s="6" t="inlineStr">
         <is>
           <t>UA12100070010038698</t>
         </is>
       </c>
       <c r="M16" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., Самарівський р-н, м. Самар</t>
         </is>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Самарівської міської ради</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
           <t>(000)0000000</t>
         </is>
       </c>
       <c r="Q16" s="4"/>
       <c r="R16" s="4" t="inlineStr">
@@ -2062,51 +2062,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H17" s="6" t="inlineStr">
         <is>
           <t>1211900000</t>
         </is>
       </c>
       <c r="I17" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J17" s="4" t="inlineStr">
         <is>
           <t>Новомосковськ, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K17" s="4" t="inlineStr">
         <is>
-          <t>вулиця Зіни Бєлої, 6</t>
+          <t>вулиця Зінаїди Білої, 6-А</t>
         </is>
       </c>
       <c r="L17" s="6" t="inlineStr">
         <is>
           <t>UA12100070010038698</t>
         </is>
       </c>
       <c r="M17" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., Самарівський р-н, м. Самар</t>
         </is>
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Самарівської міської ради</t>
         </is>
       </c>
       <c r="P17" s="4" t="inlineStr">
         <is>
           <t>(000)0000000</t>
         </is>
       </c>
       <c r="Q17" s="4"/>
       <c r="R17" s="4" t="inlineStr">