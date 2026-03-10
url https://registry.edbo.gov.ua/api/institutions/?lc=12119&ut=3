--- v1 (2025-12-21)
+++ v2 (2026-03-10)
@@ -1610,51 +1610,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
           <t>1211900000</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>Новомосковськ, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
-          <t>вулиця Олександра Мітягіна, 21</t>
+          <t>вулиця Олександра Мітягіна, 21-В</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
           <t>UA12100070010038698</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., Самарівський р-н, м. Самар</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Самарівської міської ради</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
           <t>(000)0000000</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">