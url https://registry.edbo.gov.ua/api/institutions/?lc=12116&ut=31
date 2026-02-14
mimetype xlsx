--- v0 (2025-10-25)
+++ v1 (2026-02-14)
@@ -480,51 +480,51 @@
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>1211600000</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Нікополь, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
-          <t>вулиця Віктора Усова, 6</t>
+          <t>вулиця Прикордонників, 6</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA12080050010010114</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Нікополь</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти і науки Нікопольської міської ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(099)9810859</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
@@ -706,51 +706,51 @@
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>1211600000</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Нікополь, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
-          <t>вулиця Станіславського, 32</t>
+          <t>вулиця Педагогічна, 32</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA12080050010010114</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Нікополь</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти і науки Нікопольської міської ради</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(066)2849043</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
@@ -1497,51 +1497,51 @@
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
           <t>1211600000</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>Нікополь, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
-          <t>вулиця В.Усова, 36 А</t>
+          <t>вулиця Прикордонників, 36 А</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
           <t>UA12080050010010114</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Нікополь</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти і науки Нікопольської міської ради</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
           <t>(050)3217606</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
@@ -1836,51 +1836,51 @@
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H15" s="6" t="inlineStr">
         <is>
           <t>1211600000</t>
         </is>
       </c>
       <c r="I15" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J15" s="4" t="inlineStr">
         <is>
           <t>Нікополь, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K15" s="4" t="inlineStr">
         <is>
-          <t>вулиця Надьожкіна, 2</t>
+          <t>вулиця Юрія Липи, 2</t>
         </is>
       </c>
       <c r="L15" s="6" t="inlineStr">
         <is>
           <t>UA12080050010010114</t>
         </is>
       </c>
       <c r="M15" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Нікополь</t>
         </is>
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти і науки Нікопольської міської ради</t>
         </is>
       </c>
       <c r="P15" s="4" t="inlineStr">
         <is>
           <t>(066)5521960</t>
         </is>
       </c>
       <c r="Q15" s="4"/>
       <c r="R15" s="4" t="inlineStr">
@@ -2062,51 +2062,51 @@
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H17" s="6" t="inlineStr">
         <is>
           <t>1211600000</t>
         </is>
       </c>
       <c r="I17" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J17" s="4" t="inlineStr">
         <is>
           <t>Нікополь, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K17" s="4" t="inlineStr">
         <is>
-          <t>вулиця Мініна, 10А</t>
+          <t>вулиця Єдності, 10А</t>
         </is>
       </c>
       <c r="L17" s="6" t="inlineStr">
         <is>
           <t>UA12080050010010114</t>
         </is>
       </c>
       <c r="M17" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Нікополь</t>
         </is>
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти і науки Нікопольської міської ради</t>
         </is>
       </c>
       <c r="P17" s="4" t="inlineStr">
         <is>
           <t>(067)3771765</t>
         </is>
       </c>
       <c r="Q17" s="4"/>
       <c r="R17" s="4" t="inlineStr">
@@ -2175,51 +2175,51 @@
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G18" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H18" s="6" t="inlineStr">
         <is>
           <t>1211600000</t>
         </is>
       </c>
       <c r="I18" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J18" s="4" t="inlineStr">
         <is>
           <t>Нікополь, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K18" s="4" t="inlineStr">
         <is>
-          <t>вулиця Добролюбова, 23а</t>
+          <t>вулиця Степана Бандери, 23а</t>
         </is>
       </c>
       <c r="L18" s="6" t="inlineStr">
         <is>
           <t>UA12080050010010114</t>
         </is>
       </c>
       <c r="M18" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Нікополь</t>
         </is>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти і науки Нікопольської міської ради</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
           <t>(066)1531402</t>
         </is>
       </c>
       <c r="Q18" s="4"/>
       <c r="R18" s="4" t="inlineStr">
@@ -2401,51 +2401,51 @@
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G20" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H20" s="6" t="inlineStr">
         <is>
           <t>1211600000</t>
         </is>
       </c>
       <c r="I20" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J20" s="4" t="inlineStr">
         <is>
           <t>Нікополь, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K20" s="4" t="inlineStr">
         <is>
-          <t>вулиця Добролюбова, 60</t>
+          <t>вулиця Степана Бандери, 60</t>
         </is>
       </c>
       <c r="L20" s="6" t="inlineStr">
         <is>
           <t>UA12080050010010114</t>
         </is>
       </c>
       <c r="M20" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Нікополь</t>
         </is>
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти і науки Нікопольської міської ради</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
           <t>(099)3560534</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
@@ -2853,51 +2853,51 @@
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G24" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H24" s="6" t="inlineStr">
         <is>
           <t>1211600000</t>
         </is>
       </c>
       <c r="I24" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J24" s="4" t="inlineStr">
         <is>
           <t>Нікополь, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K24" s="4" t="inlineStr">
         <is>
-          <t>вулиця Герцена, 11</t>
+          <t>вулиця Олешківська, 11</t>
         </is>
       </c>
       <c r="L24" s="6" t="inlineStr">
         <is>
           <t>UA12080050010010114</t>
         </is>
       </c>
       <c r="M24" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Нікополь</t>
         </is>
       </c>
       <c r="N24" s="7"/>
       <c r="O24" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти і науки Нікопольської міської ради</t>
         </is>
       </c>
       <c r="P24" s="4" t="inlineStr">
         <is>
           <t>(066)5346562</t>
         </is>
       </c>
       <c r="Q24" s="4"/>
       <c r="R24" s="4" t="inlineStr">
@@ -2966,51 +2966,51 @@
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G25" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H25" s="6" t="inlineStr">
         <is>
           <t>1211600000</t>
         </is>
       </c>
       <c r="I25" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J25" s="4" t="inlineStr">
         <is>
           <t>Нікополь, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K25" s="4" t="inlineStr">
         <is>
-          <t>вулиця Некрасова, 41</t>
+          <t>вулиця Іллі Рєпіна, 41</t>
         </is>
       </c>
       <c r="L25" s="6" t="inlineStr">
         <is>
           <t>UA12080050010010114</t>
         </is>
       </c>
       <c r="M25" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Нікополь</t>
         </is>
       </c>
       <c r="N25" s="7"/>
       <c r="O25" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти і науки Нікопольської міської ради</t>
         </is>
       </c>
       <c r="P25" s="4" t="inlineStr">
         <is>
           <t>(066)3682190</t>
         </is>
       </c>
       <c r="Q25" s="4"/>
       <c r="R25" s="4" t="inlineStr">