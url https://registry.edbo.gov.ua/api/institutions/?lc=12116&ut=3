--- v0 (2025-10-23)
+++ v1 (2025-12-16)
@@ -2064,51 +2064,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H17" s="6" t="inlineStr">
         <is>
           <t>1211600000</t>
         </is>
       </c>
       <c r="I17" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J17" s="4" t="inlineStr">
         <is>
           <t>Нікополь, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K17" s="4" t="inlineStr">
         <is>
-          <t>вулиця Корбута, 1-А</t>
+          <t>вулиця Георгія Нарбута, 1-А</t>
         </is>
       </c>
       <c r="L17" s="6" t="inlineStr">
         <is>
           <t>UA12080050010010114</t>
         </is>
       </c>
       <c r="M17" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Нікополь</t>
         </is>
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти і науки Нікопольської міської ради</t>
         </is>
       </c>
       <c r="P17" s="4" t="inlineStr">
         <is>
           <t>(095)2201136</t>
         </is>
       </c>
       <c r="Q17" s="4"/>
       <c r="R17" s="4" t="inlineStr">
@@ -3420,51 +3420,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G29" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H29" s="6" t="inlineStr">
         <is>
           <t>1211600000</t>
         </is>
       </c>
       <c r="I29" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J29" s="4" t="inlineStr">
         <is>
           <t>Нікополь, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K29" s="4" t="inlineStr">
         <is>
-          <t>вулиця Каштанова, 60А</t>
+          <t>вулиця Каштанова, 62</t>
         </is>
       </c>
       <c r="L29" s="6" t="inlineStr">
         <is>
           <t>UA12080050010010114</t>
         </is>
       </c>
       <c r="M29" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Нікополь</t>
         </is>
       </c>
       <c r="N29" s="7"/>
       <c r="O29" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти і науки Нікопольської міської ради</t>
         </is>
       </c>
       <c r="P29" s="4" t="inlineStr">
         <is>
           <t>(098)0923943</t>
         </is>
       </c>
       <c r="Q29" s="4"/>
       <c r="R29" s="4" t="inlineStr">