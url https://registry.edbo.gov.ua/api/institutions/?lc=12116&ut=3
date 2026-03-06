--- v1 (2025-12-16)
+++ v2 (2026-03-06)
@@ -745,51 +745,51 @@
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти і науки Нікопольської міської ради</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(095)6073900</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
           <t>school11-9@i.ua</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
           <t>https://school11nk.wixsite.com/mysite11</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Прищепа Юлія Анатоліївна</t>
+          <t>Директор Прищепа Юлія Анатоліївна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">