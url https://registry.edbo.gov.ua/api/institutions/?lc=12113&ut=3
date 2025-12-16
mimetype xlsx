--- v0 (2025-10-24)
+++ v1 (2025-12-16)
@@ -1179,62 +1179,62 @@
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
           <t>вулиця Незалежності, 2</t>
         </is>
       </c>
       <c r="L9" s="6" t="inlineStr">
         <is>
           <t>UA12080010010085669</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Марганець</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Марганецької міської ради</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
-          <t>(05665)31723</t>
+          <t>(095)5224288</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
           <t>busluk03@gmail.com</t>
         </is>
       </c>
       <c r="S9" s="4" t="inlineStr">
         <is>
-          <t>http://marganets-school3.edukit.dp.ua/</t>
+          <t>https://www.ourschool3.com/</t>
         </is>
       </c>
       <c r="T9" s="4" t="inlineStr">
         <is>
           <t>Директор Лук'яненко Юлія Володимирівна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>