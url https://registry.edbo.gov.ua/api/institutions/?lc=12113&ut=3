--- v1 (2025-12-16)
+++ v2 (2026-03-10)
@@ -743,51 +743,51 @@
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Марганецької міської ради</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(05665)60958</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
           <t>desjatka1@gmail.com</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
           <t>http://desjatka.at.ua</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>Директор Бистра Катерина Володимирівна</t>
+          <t>Директор Резунова Оксана Геннадіївна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">