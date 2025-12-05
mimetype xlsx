--- v0 (2025-10-20)
+++ v1 (2025-12-05)
@@ -1534,51 +1534,51 @@
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Центрально-Міської районної у місті ради</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
           <t>(097)5541030</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
           <t>kzshn5@i.ua</t>
         </is>
       </c>
       <c r="S12" s="4" t="inlineStr">
         <is>
           <t>http://kzshn5.dnepredu.com/</t>
         </is>
       </c>
       <c r="T12" s="4" t="inlineStr">
         <is>
-          <t>Директор Маханькова Олена Анатоліївна</t>
+          <t>В.о. директора Тінішина Олена Олександрівна</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">