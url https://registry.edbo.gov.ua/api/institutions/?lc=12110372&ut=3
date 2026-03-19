--- v0 (2025-10-18)
+++ v1 (2026-03-19)
@@ -706,51 +706,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>1211037200</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
-          <t>вулиця Доватора, 31</t>
+          <t>вулиця Андрія Божка, 31</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA12060170010643671</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Тернівської районної у місті ради</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(0564)948409</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
@@ -1045,51 +1045,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>1211037200</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
-          <t>вулиця Чарівна (Косигіна), 22-А</t>
+          <t>вулиця Чарівна (Косигіна), 22-В</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA12060170010643671</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Тернівської районної у місті ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
           <t>(0564)948415</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
@@ -1271,88 +1271,88 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
           <t>1211037200</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кибальчича, 19</t>
+          <t>вулиця Мелетія Смотрицького, 19</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
           <t>UA12060170010643671</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Тернівської районної у місті ради</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
-          <t>(096)4411238</t>
+          <t>(096)4039036</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
           <t>shkola38@ukr.net</t>
         </is>
       </c>
       <c r="S10" s="4" t="inlineStr">
         <is>
           <t>http://sc38.dnepredu.com/</t>
         </is>
       </c>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Багоцька Тетяна Павлівна</t>
+          <t>В.о. директора Яновський Сергій Валерійович</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
@@ -1405,67 +1405,67 @@
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
           <t>вулиця Музейна, 2Б</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA12060170010643671</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Тернівської районної у місті ради</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
-          <t>(097)7692748</t>
+          <t>(068)5754490</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
           <t>kzsh40108@gmail.com</t>
         </is>
       </c>
       <c r="S11" s="4" t="inlineStr">
         <is>
           <t>https://sites.google.com/site/krivoyrogkzsh40/home</t>
         </is>
       </c>
       <c r="T11" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Устінова Ольга Григорівна</t>
+          <t>В.о. директора Горевич Сергій Олександрович</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
@@ -1723,51 +1723,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G14" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H14" s="6" t="inlineStr">
         <is>
           <t>1211037200</t>
         </is>
       </c>
       <c r="I14" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J14" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K14" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ю.Смирнова, 28</t>
+          <t>вулиця Анастасії Рак, 28</t>
         </is>
       </c>
       <c r="L14" s="6" t="inlineStr">
         <is>
           <t>UA12060170010643671</t>
         </is>
       </c>
       <c r="M14" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Тернівської районної у місті ради</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
           <t>(0564)948422</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
@@ -1976,56 +1976,56 @@
       </c>
       <c r="L16" s="6" t="inlineStr">
         <is>
           <t>UA12060170010643671</t>
         </is>
       </c>
       <c r="M16" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Тернівської районної у місті ради</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
           <t>(096)095-04-11</t>
         </is>
       </c>
       <c r="Q16" s="4"/>
       <c r="R16" s="4" t="inlineStr">
         <is>
-          <t>kzh55@ukr.net</t>
+          <t>kg55kmr@ukr.net</t>
         </is>
       </c>
       <c r="S16" s="4" t="inlineStr">
         <is>
-          <t>https://school55.pp.ua/</t>
+          <t>https://kg55kmr.pp.ua/</t>
         </is>
       </c>
       <c r="T16" s="4" t="inlineStr">
         <is>
           <t>Директор Горевич Людмила Володимирівна</t>
         </is>
       </c>
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -2288,51 +2288,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G19" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H19" s="6" t="inlineStr">
         <is>
           <t>1211037200</t>
         </is>
       </c>
       <c r="I19" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J19" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K19" s="4" t="inlineStr">
         <is>
-          <t>вулиця Володимира Терещенка, 10г</t>
+          <t>вулиця Володимира Терещенка, 10Г</t>
         </is>
       </c>
       <c r="L19" s="6" t="inlineStr">
         <is>
           <t>UA12060170010643671</t>
         </is>
       </c>
       <c r="M19" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Тернівської районної у місті ради</t>
         </is>
       </c>
       <c r="P19" s="4" t="inlineStr">
         <is>
           <t>(0564)948417</t>
         </is>
       </c>
       <c r="Q19" s="4"/>
       <c r="R19" s="4" t="inlineStr">
@@ -2433,51 +2433,51 @@
       </c>
       <c r="M20" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Тернівської районної у місті ради</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
           <t>(097)4307381</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
           <t>novoivanovkaschool83@ukr.net</t>
         </is>
       </c>
       <c r="S20" s="4" t="inlineStr">
         <is>
-          <t>http://www.krschool83.do.am</t>
+          <t>https://novoivanovkaschool.wixsite.com/mysite</t>
         </is>
       </c>
       <c r="T20" s="4" t="inlineStr">
         <is>
           <t>В.о. директора Палшкова Наталія Михайлівна</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X20" s="6" t="inlineStr">
         <is>
           <t>ні</t>