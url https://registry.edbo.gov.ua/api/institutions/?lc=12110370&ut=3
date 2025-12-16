--- v0 (2025-10-23)
+++ v1 (2025-12-16)
@@ -1384,51 +1384,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
           <t>1211037000</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
-          <t>вулиця Спаська, 8 А</t>
+          <t>вулиця Спасівська, 8 А</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA12060170010585703</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Управління освіти виконкому Саксаганської районної у місті ради</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
           <t>(097)6680603</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">