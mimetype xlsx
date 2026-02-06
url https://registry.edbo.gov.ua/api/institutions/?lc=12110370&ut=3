--- v1 (2025-12-16)
+++ v2 (2026-02-06)
@@ -2853,83 +2853,83 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G24" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H24" s="6" t="inlineStr">
         <is>
           <t>1211037000</t>
         </is>
       </c>
       <c r="I24" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J24" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K24" s="4" t="inlineStr">
         <is>
-          <t>мікрорайон Сонячний, 48-А</t>
+          <t>мікрорайон Сонячний, 48А</t>
         </is>
       </c>
       <c r="L24" s="6" t="inlineStr">
         <is>
           <t>UA12060170010585703</t>
         </is>
       </c>
       <c r="M24" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N24" s="7"/>
       <c r="O24" s="4" t="inlineStr">
         <is>
           <t>Управління освіти виконкому Саксаганської районної у місті ради</t>
         </is>
       </c>
       <c r="P24" s="4" t="inlineStr">
         <is>
-          <t>(097)5553284</t>
+          <t>(096)2113658</t>
         </is>
       </c>
       <c r="Q24" s="4"/>
       <c r="R24" s="4" t="inlineStr">
         <is>
           <t>sch119@ukr.net</t>
         </is>
       </c>
       <c r="S24" s="4" t="inlineStr">
         <is>
-          <t>http://school_119.dnepredu.com/</t>
+          <t>http://www.kl119.com/</t>
         </is>
       </c>
       <c r="T24" s="4" t="inlineStr">
         <is>
           <t>Директор Добровольська Ольга Вячеславівна</t>
         </is>
       </c>
       <c r="U24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X24" s="6" t="inlineStr">
         <is>
           <t>ні</t>