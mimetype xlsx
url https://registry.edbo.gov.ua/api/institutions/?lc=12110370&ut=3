--- v2 (2026-02-06)
+++ v3 (2026-03-23)
@@ -545,64 +545,64 @@
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
-          <t>комунальний заклад освіти "Криворізький ліцей з посиленою військово-фізичною підготовкою" Дніпропетровської обласної ради"</t>
+          <t>Комунальний заклад освіти "Криворізький ліцей з посиленою військово-фізичною підготовкою" Дніпропетровської обласної ради"</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
         <v>134725</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
-          <t>КЗО "КЛІПВФП" ДОР"</t>
+          <t>КЗО "КЛПВФП" ДОР"</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>військовий (військово-морський, військово-спортивний) ліцей</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>1211037000</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>