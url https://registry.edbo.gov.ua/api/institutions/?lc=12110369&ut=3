--- v0 (2025-10-24)
+++ v1 (2025-12-16)
@@ -1873,51 +1873,51 @@
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Інгулецької районної у місті ради</t>
         </is>
       </c>
       <c r="P15" s="4" t="inlineStr">
         <is>
           <t>(097)4956474</t>
         </is>
       </c>
       <c r="Q15" s="4"/>
       <c r="R15" s="4" t="inlineStr">
         <is>
           <t>kssh115@i.ua</t>
         </is>
       </c>
       <c r="S15" s="4" t="inlineStr">
         <is>
           <t>https://iklas115.pp.ua/</t>
         </is>
       </c>
       <c r="T15" s="4" t="inlineStr">
         <is>
-          <t>Директор Плотніков Сергій Володимирович</t>
+          <t>Директор Шкрябко Євгеній Миколайович</t>
         </is>
       </c>
       <c r="U15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">