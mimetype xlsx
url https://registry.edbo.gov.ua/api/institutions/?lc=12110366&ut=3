--- v0 (2025-10-25)
+++ v1 (2026-01-09)
@@ -3005,51 +3005,51 @@
       </c>
       <c r="N25" s="7"/>
       <c r="O25" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Покровської районної в місті ради</t>
         </is>
       </c>
       <c r="P25" s="4" t="inlineStr">
         <is>
           <t>(097)5675923</t>
         </is>
       </c>
       <c r="Q25" s="4"/>
       <c r="R25" s="4" t="inlineStr">
         <is>
           <t>school97@i.ua</t>
         </is>
       </c>
       <c r="S25" s="4" t="inlineStr">
         <is>
           <t>http://гімназія97.com.ua/</t>
         </is>
       </c>
       <c r="T25" s="4" t="inlineStr">
         <is>
-          <t>Директор Гарець Тетяна Юріївна</t>
+          <t>Директор Семенова Юлія Михайлівна</t>
         </is>
       </c>
       <c r="U25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
@@ -3123,51 +3123,51 @@
         </is>
       </c>
       <c r="P26" s="4" t="inlineStr">
         <is>
           <t>(067)9328704</t>
         </is>
       </c>
       <c r="Q26" s="4"/>
       <c r="R26" s="4" t="inlineStr">
         <is>
           <t>kzsnvk22@gmail.com</t>
         </is>
       </c>
       <c r="S26" s="4" t="inlineStr">
         <is>
           <t>http://snvk22.dnepredu.com</t>
         </is>
       </c>
       <c r="T26" s="4" t="inlineStr">
         <is>
           <t>В.о. директора Зотова Роза Миколаївна</t>
         </is>
       </c>
       <c r="U26" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="4" t="inlineStr">
         <is>
           <t>Криворізький ліцей №49 Криворізької міської ради</t>
         </is>
       </c>