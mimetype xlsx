--- v0 (2025-10-21)
+++ v1 (2026-03-15)
@@ -512,51 +512,51 @@
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Довгинцівської районної в місті ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(0564)701032, (0564)701033</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>kzs108@i.ua</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
-          <t>http://kzs108.dnepredu.com/uk/</t>
+          <t>https://kzs108.dp.ua/</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>В.о. директора Стешина Людмила Олександрівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>