--- v0 (2025-11-03)
+++ v1 (2025-12-20)
@@ -480,51 +480,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>1211036300</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
-          <t>вулиця Бандери, 23</t>
+          <t>вулиця Степана Бандери, 23</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA12060170010378670</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконавчого комітету Металургійної районної у місті ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(096)302-04-19</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
@@ -1271,51 +1271,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
           <t>1211036300</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
-          <t>вулиця Хабаровська, 4</t>
+          <t>вулиця Хамзата Гелаєва, 4</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
           <t>UA12060170010378670</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконавчого комітету Металургійної районної у місті ради</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
           <t>(097)554-08-37</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">