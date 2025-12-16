--- v0 (2025-10-25)
+++ v1 (2025-12-16)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$152</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$153</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y152"/>
+  <dimension ref="A1:Y153"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -10475,6247 +10475,6267 @@
       <c r="U93" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V93" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W93" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X93" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y93" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) №246" Криворізької міської ради</t>
+          <t>КОМУНАЛЬНИЙ ЗАКЛАД ДОШКІЛЬНОЇ ОСВІТИ (ЯСЛА-САДОК) №22 КРИВОРІЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="B94" s="5" t="n">
-        <v>164286</v>
+        <v>176967</v>
       </c>
       <c r="C94" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
-          <t>КЗДО №246</t>
+          <t>КЗДО №22 КМР</t>
         </is>
       </c>
       <c r="E94" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (дитячий садок)</t>
         </is>
       </c>
       <c r="G94" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H94" s="6" t="inlineStr">
         <is>
-          <t>1211036300</t>
+          <t>1211000000</t>
         </is>
       </c>
       <c r="I94" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J94" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K94" s="4" t="inlineStr">
         <is>
-          <t>вулиця Вокзальна, 8а</t>
+          <t>мікрорайон 5-й Зарічний, 32Б</t>
         </is>
       </c>
       <c r="L94" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010378670</t>
+          <t>UA12060170010065850</t>
         </is>
       </c>
       <c r="M94" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N94" s="7"/>
       <c r="O94" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Металургійної районної у місті ради</t>
+          <t>Відділ освіти виконкому Покровської районної в місті ради</t>
         </is>
       </c>
       <c r="P94" s="4" t="inlineStr">
         <is>
-          <t>(096)1090947</t>
+          <t>(067)9328704</t>
         </is>
       </c>
       <c r="Q94" s="4"/>
       <c r="R94" s="4" t="inlineStr">
         <is>
-          <t>dnzk246@ukr.net</t>
+          <t>kzsnvk22@gmail.com</t>
         </is>
       </c>
       <c r="S94" s="4" t="inlineStr">
         <is>
-          <t>http://kdnz_246.dnepredu.com/</t>
+          <t>https://snvk22.dnepredu.com</t>
         </is>
       </c>
       <c r="T94" s="4" t="inlineStr">
         <is>
-          <t>Директор Завадська Юлія Сергіївна</t>
+          <t>В.о. директора Зотова Роза Миколаївна</t>
         </is>
       </c>
       <c r="U94" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V94" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W94" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X94" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y94" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) №247 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) №246" Криворізької міської ради</t>
         </is>
       </c>
       <c r="B95" s="5" t="n">
-        <v>164183</v>
+        <v>164286</v>
       </c>
       <c r="C95" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ЗДО №247</t>
+          <t>КЗДО №246</t>
         </is>
       </c>
       <c r="E95" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G95" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H95" s="6" t="inlineStr">
         <is>
-          <t>1211036600</t>
+          <t>1211036300</t>
         </is>
       </c>
       <c r="I95" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J95" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K95" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кропивницького, 54б</t>
+          <t>вулиця Вокзальна, 8а</t>
         </is>
       </c>
       <c r="L95" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010439451</t>
+          <t>UA12060170010378670</t>
         </is>
       </c>
       <c r="M95" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N95" s="7"/>
       <c r="O95" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Покровської районної в місті ради</t>
+          <t>Відділ освіти виконавчого комітету Металургійної районної у місті ради</t>
         </is>
       </c>
       <c r="P95" s="4" t="inlineStr">
         <is>
-          <t>(096)8319854</t>
+          <t>(096)1090947</t>
         </is>
       </c>
       <c r="Q95" s="4"/>
       <c r="R95" s="4" t="inlineStr">
         <is>
-          <t>doberchakelena@ukr.net</t>
+          <t>dnzk246@ukr.net</t>
         </is>
       </c>
       <c r="S95" s="4" t="inlineStr">
         <is>
-          <t>https://dnz247.dnepredu.com</t>
+          <t>http://kdnz_246.dnepredu.com/</t>
         </is>
       </c>
       <c r="T95" s="4" t="inlineStr">
         <is>
-          <t>Директор Доберчак Олена Володимирівна</t>
+          <t>Директор Завадська Юлія Сергіївна</t>
         </is>
       </c>
       <c r="U95" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V95" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W95" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X95" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y95" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) №25 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) №247 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B96" s="5" t="n">
-        <v>164303</v>
+        <v>164183</v>
       </c>
       <c r="C96" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ЗДО №25</t>
+          <t>Криворізький ЗДО №247</t>
         </is>
       </c>
       <c r="E96" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G96" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H96" s="6" t="inlineStr">
         <is>
           <t>1211036600</t>
         </is>
       </c>
       <c r="I96" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J96" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K96" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кропивницького, 11</t>
+          <t>вулиця Кропивницького, 54б</t>
         </is>
       </c>
       <c r="L96" s="6" t="inlineStr">
         <is>
           <t>UA12060170010439451</t>
         </is>
       </c>
       <c r="M96" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N96" s="7"/>
       <c r="O96" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Покровської районної в місті ради</t>
         </is>
       </c>
       <c r="P96" s="4" t="inlineStr">
         <is>
-          <t>(097)5675196</t>
+          <t>(096)8319854</t>
         </is>
       </c>
       <c r="Q96" s="4"/>
       <c r="R96" s="4" t="inlineStr">
         <is>
-          <t>kdnz25@gmail.com</t>
+          <t>doberchakelena@ukr.net</t>
         </is>
       </c>
       <c r="S96" s="4" t="inlineStr">
         <is>
-          <t>http://dnz_25.dnepredu.com</t>
+          <t>https://dnz247.dnepredu.com</t>
         </is>
       </c>
       <c r="T96" s="4" t="inlineStr">
         <is>
-          <t>Директор Басацька Лілія Петрівна</t>
+          <t>Директор Доберчак Олена Володимирівна</t>
         </is>
       </c>
       <c r="U96" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V96" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W96" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X96" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y96" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) №257 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) №25 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B97" s="5" t="n">
-        <v>164443</v>
+        <v>164303</v>
       </c>
       <c r="C97" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
-          <t>КЗДО №257 КМР</t>
+          <t>Криворізький ЗДО №25</t>
         </is>
       </c>
       <c r="E97" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G97" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H97" s="6" t="inlineStr">
         <is>
-          <t>1211036900</t>
+          <t>1211036600</t>
         </is>
       </c>
       <c r="I97" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J97" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K97" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миколи Міхновського, 35Б</t>
+          <t>вулиця Кропивницького, 11</t>
         </is>
       </c>
       <c r="L97" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010270453</t>
+          <t>UA12060170010439451</t>
         </is>
       </c>
       <c r="M97" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N97" s="7"/>
       <c r="O97" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Інгулецької районної у місті ради</t>
+          <t>Відділ освіти виконкому Покровської районної в місті ради</t>
         </is>
       </c>
       <c r="P97" s="4" t="inlineStr">
         <is>
-          <t>(097)6269713</t>
+          <t>(097)5675196</t>
         </is>
       </c>
       <c r="Q97" s="4"/>
       <c r="R97" s="4" t="inlineStr">
         <is>
-          <t>ds257@ukr.net</t>
+          <t>kdnz25@gmail.com</t>
         </is>
       </c>
       <c r="S97" s="4" t="inlineStr">
         <is>
-          <t>http://kdnz257.dnepredu.com</t>
+          <t>http://dnz_25.dnepredu.com</t>
         </is>
       </c>
       <c r="T97" s="4" t="inlineStr">
         <is>
-          <t>Директор Жаворонкова Інна Сергіївна</t>
+          <t>Директор Басацька Лілія Петрівна</t>
         </is>
       </c>
       <c r="U97" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V97" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W97" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X97" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y97" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) №270 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) №257 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B98" s="5" t="n">
-        <v>164227</v>
+        <v>164443</v>
       </c>
       <c r="C98" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ЗДО №270</t>
+          <t>КЗДО №257 КМР</t>
         </is>
       </c>
       <c r="E98" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G98" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H98" s="6" t="inlineStr">
         <is>
-          <t>1211036600</t>
+          <t>1211036900</t>
         </is>
       </c>
       <c r="I98" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J98" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K98" s="4" t="inlineStr">
         <is>
-          <t>бульвар Миколи Вороного, 12</t>
+          <t>вулиця Миколи Міхновського, 35Б</t>
         </is>
       </c>
       <c r="L98" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010439451</t>
+          <t>UA12060170010270453</t>
         </is>
       </c>
       <c r="M98" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N98" s="7"/>
       <c r="O98" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Покровської районної в місті ради</t>
+          <t>Відділ освіти виконкому Інгулецької районної у місті ради</t>
         </is>
       </c>
       <c r="P98" s="4" t="inlineStr">
         <is>
-          <t>(097)5673060</t>
+          <t>(097)6269713</t>
         </is>
       </c>
       <c r="Q98" s="4"/>
       <c r="R98" s="4" t="inlineStr">
         <is>
-          <t>kdnz270@ukr.net</t>
+          <t>ds257@ukr.net</t>
         </is>
       </c>
       <c r="S98" s="4" t="inlineStr">
         <is>
-          <t>http://verbichenka270.dnepredu.com</t>
+          <t>http://kdnz257.dnepredu.com</t>
         </is>
       </c>
       <c r="T98" s="4" t="inlineStr">
         <is>
-          <t>Директор Рожкова Оксана Іванівна</t>
+          <t>Директор Жаворонкова Інна Сергіївна</t>
         </is>
       </c>
       <c r="U98" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V98" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W98" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X98" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y98" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) №272 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) №270 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B99" s="5" t="n">
-        <v>164294</v>
+        <v>164227</v>
       </c>
       <c r="C99" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ЗДО №272</t>
+          <t>Криворізький ЗДО №270</t>
         </is>
       </c>
       <c r="E99" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G99" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H99" s="6" t="inlineStr">
         <is>
           <t>1211036600</t>
         </is>
       </c>
       <c r="I99" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J99" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K99" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кропивницького, 79А</t>
+          <t>бульвар Миколи Вороного, 12</t>
         </is>
       </c>
       <c r="L99" s="6" t="inlineStr">
         <is>
           <t>UA12060170010439451</t>
         </is>
       </c>
       <c r="M99" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N99" s="7"/>
       <c r="O99" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Покровської районної в місті ради</t>
         </is>
       </c>
       <c r="P99" s="4" t="inlineStr">
         <is>
-          <t>(097)5673609</t>
+          <t>(097)5673060</t>
         </is>
       </c>
       <c r="Q99" s="4"/>
       <c r="R99" s="4" t="inlineStr">
         <is>
-          <t>kdnz272-kotyash@ukr.net</t>
+          <t>kdnz270@ukr.net</t>
         </is>
       </c>
       <c r="S99" s="4" t="inlineStr">
         <is>
-          <t>http://dnz272.dnepredu.com/</t>
+          <t>http://verbichenka270.dnepredu.com</t>
         </is>
       </c>
       <c r="T99" s="4" t="inlineStr">
         <is>
-          <t>Директор Котяш Інна Володимирівна</t>
+          <t>Директор Рожкова Оксана Іванівна</t>
         </is>
       </c>
       <c r="U99" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V99" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W99" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X99" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y99" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) №28 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) №272 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B100" s="5" t="n">
-        <v>164427</v>
+        <v>164294</v>
       </c>
       <c r="C100" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
-          <t>КЗДО №28 КМР</t>
+          <t>Криворізький ЗДО №272</t>
         </is>
       </c>
       <c r="E100" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G100" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H100" s="6" t="inlineStr">
         <is>
-          <t>1211036900</t>
+          <t>1211036600</t>
         </is>
       </c>
       <c r="I100" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J100" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K100" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миколи Міхновського, 67</t>
+          <t>вулиця Кропивницького, 79А</t>
         </is>
       </c>
       <c r="L100" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010270453</t>
+          <t>UA12060170010439451</t>
         </is>
       </c>
       <c r="M100" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N100" s="7"/>
       <c r="O100" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Інгулецької районної у місті ради</t>
+          <t>Відділ освіти виконкому Покровської районної в місті ради</t>
         </is>
       </c>
       <c r="P100" s="4" t="inlineStr">
         <is>
-          <t>(097)4700498</t>
+          <t>(097)5673609</t>
         </is>
       </c>
       <c r="Q100" s="4"/>
       <c r="R100" s="4" t="inlineStr">
         <is>
-          <t>super.ds28@gmail.com</t>
+          <t>kdnz272-kotyash@ukr.net</t>
         </is>
       </c>
       <c r="S100" s="4" t="inlineStr">
         <is>
-          <t>http://dnz28.dnepredu.com</t>
+          <t>http://dnz272.dnepredu.com/</t>
         </is>
       </c>
       <c r="T100" s="4" t="inlineStr">
         <is>
-          <t>Директор Купчик Тетяна Дмитрівна</t>
+          <t>Директор Котяш Інна Володимирівна</t>
         </is>
       </c>
       <c r="U100" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V100" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W100" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X100" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y100" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) №304 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) №28 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B101" s="5" t="n">
-        <v>164308</v>
+        <v>164427</v>
       </c>
       <c r="C101" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ЗДО №304</t>
+          <t>КЗДО №28 КМР</t>
         </is>
       </c>
       <c r="E101" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G101" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H101" s="6" t="inlineStr">
         <is>
-          <t>1211037500</t>
+          <t>1211036900</t>
         </is>
       </c>
       <c r="I101" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J101" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K101" s="4" t="inlineStr">
         <is>
-          <t>вулиця Політехнічна, 73А</t>
+          <t>вулиця Миколи Міхновського, 67</t>
         </is>
       </c>
       <c r="L101" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010720279</t>
+          <t>UA12060170010270453</t>
         </is>
       </c>
       <c r="M101" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N101" s="7"/>
       <c r="O101" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Центрально-Міської районної у місті ради</t>
+          <t>Відділ освіти виконкому Інгулецької районної у місті ради</t>
         </is>
       </c>
       <c r="P101" s="4" t="inlineStr">
         <is>
-          <t>(096)059-64-38</t>
+          <t>(097)4700498</t>
         </is>
       </c>
       <c r="Q101" s="4"/>
       <c r="R101" s="4" t="inlineStr">
         <is>
-          <t>kdns304@i.ua</t>
+          <t>super.ds28@gmail.com</t>
         </is>
       </c>
       <c r="S101" s="4" t="inlineStr">
         <is>
-          <t>http://zirka.dnepredu.com</t>
+          <t>http://dnz28.dnepredu.com</t>
         </is>
       </c>
       <c r="T101" s="4" t="inlineStr">
         <is>
-          <t>Директор Віцалару Ірина Володимирівна</t>
+          <t>Директор Купчик Тетяна Дмитрівна</t>
         </is>
       </c>
       <c r="U101" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V101" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W101" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X101" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y101" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) №39 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) №304 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B102" s="5" t="n">
-        <v>164245</v>
+        <v>164308</v>
       </c>
       <c r="C102" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ЗДО №39</t>
+          <t>Криворізький ЗДО №304</t>
         </is>
       </c>
       <c r="E102" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G102" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H102" s="6" t="inlineStr">
         <is>
           <t>1211037500</t>
         </is>
       </c>
       <c r="I102" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J102" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K102" s="4" t="inlineStr">
         <is>
-          <t>вулиця Чумацька, 4</t>
+          <t>вулиця Політехнічна, 73А</t>
         </is>
       </c>
       <c r="L102" s="6" t="inlineStr">
         <is>
           <t>UA12060170010720279</t>
         </is>
       </c>
       <c r="M102" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N102" s="7"/>
       <c r="O102" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Центрально-Міської районної у місті ради</t>
         </is>
       </c>
       <c r="P102" s="4" t="inlineStr">
         <is>
-          <t>(097)9178889</t>
+          <t>(096)059-64-38</t>
         </is>
       </c>
       <c r="Q102" s="4"/>
       <c r="R102" s="4" t="inlineStr">
         <is>
-          <t>kdnz39@ukr.net</t>
+          <t>kdns304@i.ua</t>
         </is>
       </c>
       <c r="S102" s="4" t="inlineStr">
         <is>
-          <t>http://sadoc39.dnepredu.com</t>
+          <t>http://zirka.dnepredu.com</t>
         </is>
       </c>
       <c r="T102" s="4" t="inlineStr">
         <is>
-          <t>Директор Макасеєва Тетяна Олександрівна</t>
+          <t>Директор Віцалару Ірина Володимирівна</t>
         </is>
       </c>
       <c r="U102" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V102" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W102" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X102" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y102" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) №44" Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) №39 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B103" s="5" t="n">
-        <v>164322</v>
+        <v>164245</v>
       </c>
       <c r="C103" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
-          <t>КЗДО №44 КМР</t>
+          <t>Криворізький ЗДО №39</t>
         </is>
       </c>
       <c r="E103" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G103" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H103" s="6" t="inlineStr">
         <is>
-          <t>1211036300</t>
+          <t>1211037500</t>
         </is>
       </c>
       <c r="I103" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J103" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K103" s="4" t="inlineStr">
         <is>
-          <t>проспект Університетський, 32</t>
+          <t>вулиця Чумацька, 4</t>
         </is>
       </c>
       <c r="L103" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010378670</t>
+          <t>UA12060170010720279</t>
         </is>
       </c>
       <c r="M103" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N103" s="7"/>
       <c r="O103" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Металургійної районної у місті ради</t>
+          <t>Відділ освіти виконкому Центрально-Міської районної у місті ради</t>
         </is>
       </c>
       <c r="P103" s="4" t="inlineStr">
         <is>
-          <t>(0564)920490</t>
+          <t>(097)9178889</t>
         </is>
       </c>
       <c r="Q103" s="4"/>
       <c r="R103" s="4" t="inlineStr">
         <is>
-          <t>kdnz44@i.ua</t>
+          <t>kdnz39@ukr.net</t>
         </is>
       </c>
       <c r="S103" s="4" t="inlineStr">
         <is>
-          <t>dnz_44.dnepredu.com</t>
+          <t>http://sadoc39.dnepredu.com</t>
         </is>
       </c>
       <c r="T103" s="4" t="inlineStr">
         <is>
-          <t> Балинська Світлана Григорівна</t>
+          <t>Директор Макасеєва Тетяна Олександрівна</t>
         </is>
       </c>
       <c r="U103" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V103" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W103" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X103" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y103" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) №45 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) №44" Криворізької міської ради</t>
         </is>
       </c>
       <c r="B104" s="5" t="n">
-        <v>164428</v>
+        <v>164322</v>
       </c>
       <c r="C104" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
-          <t>КЗДО №45 КМР</t>
+          <t>КЗДО №44 КМР</t>
         </is>
       </c>
       <c r="E104" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G104" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H104" s="6" t="inlineStr">
         <is>
-          <t>1211036900</t>
+          <t>1211036300</t>
         </is>
       </c>
       <c r="I104" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J104" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K104" s="4" t="inlineStr">
         <is>
-          <t>проспект Південний, 20а</t>
+          <t>проспект Університетський, 32</t>
         </is>
       </c>
       <c r="L104" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010270453</t>
+          <t>UA12060170010378670</t>
         </is>
       </c>
       <c r="M104" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N104" s="7"/>
       <c r="O104" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Інгулецької районної у місті ради</t>
+          <t>Відділ освіти виконавчого комітету Металургійної районної у місті ради</t>
         </is>
       </c>
       <c r="P104" s="4" t="inlineStr">
         <is>
-          <t>(098)4338587</t>
+          <t>(0564)920490</t>
         </is>
       </c>
       <c r="Q104" s="4"/>
       <c r="R104" s="4" t="inlineStr">
         <is>
-          <t>alla.chudnovets@ukr.net</t>
+          <t>kdnz44@i.ua</t>
         </is>
       </c>
       <c r="S104" s="4" t="inlineStr">
         <is>
-          <t>http://kdnz45.dnepredu.com</t>
+          <t>dnz_44.dnepredu.com</t>
         </is>
       </c>
       <c r="T104" s="4" t="inlineStr">
         <is>
-          <t>Директор Чудновець Алла Олександрівна</t>
+          <t> Балинська Світлана Григорівна</t>
         </is>
       </c>
       <c r="U104" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V104" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W104" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X104" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y104" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) №51" Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) №45 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B105" s="5" t="n">
-        <v>164300</v>
+        <v>164428</v>
       </c>
       <c r="C105" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
-          <t>КЗДО №51</t>
+          <t>КЗДО №45 КМР</t>
         </is>
       </c>
       <c r="E105" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G105" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H105" s="6" t="inlineStr">
         <is>
-          <t>1211036300</t>
+          <t>1211036900</t>
         </is>
       </c>
       <c r="I105" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J105" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K105" s="4" t="inlineStr">
         <is>
-          <t>вулиця Галатова, 9</t>
+          <t>проспект Південний, 20а</t>
         </is>
       </c>
       <c r="L105" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010378670</t>
+          <t>UA12060170010270453</t>
         </is>
       </c>
       <c r="M105" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N105" s="7"/>
       <c r="O105" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Металургійної районної у місті ради</t>
+          <t>Відділ освіти виконкому Інгулецької районної у місті ради</t>
         </is>
       </c>
       <c r="P105" s="4" t="inlineStr">
         <is>
-          <t>(097)151-58-61</t>
+          <t>(098)4338587</t>
         </is>
       </c>
       <c r="Q105" s="4"/>
       <c r="R105" s="4" t="inlineStr">
         <is>
-          <t>olenka51@ukr.net</t>
+          <t>alla.chudnovets@ukr.net</t>
         </is>
       </c>
       <c r="S105" s="4" t="inlineStr">
         <is>
-          <t>http://dnz_51.dnepredu.com</t>
+          <t>http://kdnz45.dnepredu.com</t>
         </is>
       </c>
       <c r="T105" s="4" t="inlineStr">
         <is>
-          <t>Директор Фартушна Лариса Мамедаліївна</t>
+          <t>Директор Чудновець Алла Олександрівна</t>
         </is>
       </c>
       <c r="U105" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V105" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W105" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X105" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y105" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) №6 комбінованого типу Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) №51" Криворізької міської ради</t>
         </is>
       </c>
       <c r="B106" s="5" t="n">
-        <v>164182</v>
+        <v>164300</v>
       </c>
       <c r="C106" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ЗДО №6</t>
+          <t>КЗДО №51</t>
         </is>
       </c>
       <c r="E106" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G106" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H106" s="6" t="inlineStr">
         <is>
-          <t>1211037500</t>
+          <t>1211036300</t>
         </is>
       </c>
       <c r="I106" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J106" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K106" s="4" t="inlineStr">
         <is>
-          <t>вулиця Всебратське-2, 60г</t>
+          <t>вулиця Галатова, 9</t>
         </is>
       </c>
       <c r="L106" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010720279</t>
+          <t>UA12060170010378670</t>
         </is>
       </c>
       <c r="M106" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N106" s="7"/>
       <c r="O106" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Центрально-Міської районної у місті ради</t>
+          <t>Відділ освіти виконавчого комітету Металургійної районної у місті ради</t>
         </is>
       </c>
       <c r="P106" s="4" t="inlineStr">
         <is>
-          <t>(097)5540894</t>
+          <t>(097)151-58-61</t>
         </is>
       </c>
       <c r="Q106" s="4"/>
       <c r="R106" s="4" t="inlineStr">
         <is>
-          <t>kkdnz6@ukr.net</t>
+          <t>olenka51@ukr.net</t>
         </is>
       </c>
       <c r="S106" s="4" t="inlineStr">
         <is>
-          <t>kkdnz6.dp.ua</t>
+          <t>http://dnz_51.dnepredu.com</t>
         </is>
       </c>
       <c r="T106" s="4" t="inlineStr">
         <is>
-          <t>Директор Яковлєва Олена Миколаївна</t>
+          <t>Директор Фартушна Лариса Мамедаліївна</t>
         </is>
       </c>
       <c r="U106" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V106" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W106" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X106" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y106" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) №62 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) №6 комбінованого типу Криворізької міської ради</t>
         </is>
       </c>
       <c r="B107" s="5" t="n">
-        <v>164291</v>
+        <v>164182</v>
       </c>
       <c r="C107" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ЗДО №62</t>
+          <t>Криворізький ЗДО №6</t>
         </is>
       </c>
       <c r="E107" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G107" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H107" s="6" t="inlineStr">
         <is>
-          <t>1211036600</t>
+          <t>1211037500</t>
         </is>
       </c>
       <c r="I107" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J107" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K107" s="4" t="inlineStr">
         <is>
-          <t>мікрорайон 5 Зарічний, 79б</t>
+          <t>вулиця Всебратське-2, 60г</t>
         </is>
       </c>
       <c r="L107" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010439451</t>
+          <t>UA12060170010720279</t>
         </is>
       </c>
       <c r="M107" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N107" s="7"/>
       <c r="O107" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Покровської районної в місті ради</t>
+          <t>Відділ освіти виконкому Центрально-Міської районної у місті ради</t>
         </is>
       </c>
       <c r="P107" s="4" t="inlineStr">
         <is>
-          <t>(097)5677659</t>
+          <t>(097)5540894</t>
         </is>
       </c>
       <c r="Q107" s="4"/>
       <c r="R107" s="4" t="inlineStr">
         <is>
-          <t>dnzk62.mria@gmail.com</t>
+          <t>kkdnz6@ukr.net</t>
         </is>
       </c>
       <c r="S107" s="4" t="inlineStr">
         <is>
-          <t>http://dnz_62.dnepredu.com</t>
+          <t>kkdnz6.dp.ua</t>
         </is>
       </c>
       <c r="T107" s="4" t="inlineStr">
         <is>
-          <t>Директор Сівоха Світлана Леонідівна</t>
+          <t>Директор Яковлєва Олена Миколаївна</t>
         </is>
       </c>
       <c r="U107" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V107" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W107" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X107" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y107" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) №82 компенсуючого типу" Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) №62 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B108" s="5" t="n">
-        <v>164323</v>
+        <v>164291</v>
       </c>
       <c r="C108" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
-          <t>КЗДО КТ №82 КМР</t>
+          <t>Криворізький ЗДО №62</t>
         </is>
       </c>
       <c r="E108" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) компенсуючого типу (спеціальний)</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G108" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H108" s="6" t="inlineStr">
         <is>
-          <t>1211036300</t>
+          <t>1211036600</t>
         </is>
       </c>
       <c r="I108" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J108" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K108" s="4" t="inlineStr">
         <is>
-          <t>вулиця Юрія Камінського, 19А</t>
+          <t>мікрорайон 5 Зарічний, 79б</t>
         </is>
       </c>
       <c r="L108" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010378670</t>
+          <t>UA12060170010439451</t>
         </is>
       </c>
       <c r="M108" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N108" s="7"/>
       <c r="O108" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Металургійної районної у місті ради</t>
+          <t>Відділ освіти виконкому Покровської районної в місті ради</t>
         </is>
       </c>
       <c r="P108" s="4" t="inlineStr">
         <is>
-          <t>(067)9575159</t>
+          <t>(097)5677659</t>
         </is>
       </c>
       <c r="Q108" s="4"/>
       <c r="R108" s="4" t="inlineStr">
         <is>
-          <t>kkdnz82@gmail.com</t>
+          <t>dnzk62.mria@gmail.com</t>
         </is>
       </c>
       <c r="S108" s="4" t="inlineStr">
         <is>
-          <t>kkdnz82.dnepredu.com</t>
+          <t>http://dnz_62.dnepredu.com</t>
         </is>
       </c>
       <c r="T108" s="4" t="inlineStr">
         <is>
-          <t>Директор Костецька Вікторія Миколаївна</t>
+          <t>Директор Сівоха Світлана Леонідівна</t>
         </is>
       </c>
       <c r="U108" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V108" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W108" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X108" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y108" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) №87 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) №82 компенсуючого типу" Криворізької міської ради</t>
         </is>
       </c>
       <c r="B109" s="5" t="n">
-        <v>164431</v>
+        <v>164323</v>
       </c>
       <c r="C109" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
-          <t>КЗДО №87 КМР</t>
+          <t>КЗДО КТ №82 КМР</t>
         </is>
       </c>
       <c r="E109" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок)</t>
+          <t>заклад дошкільної освіти (ясла-садок) компенсуючого типу (спеціальний)</t>
         </is>
       </c>
       <c r="G109" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H109" s="6" t="inlineStr">
         <is>
-          <t>1211036900</t>
+          <t>1211036300</t>
         </is>
       </c>
       <c r="I109" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J109" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K109" s="4" t="inlineStr">
         <is>
-          <t>вулиця Панаса Мирного, 1</t>
+          <t>вулиця Юрія Камінського, 19А</t>
         </is>
       </c>
       <c r="L109" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010270453</t>
+          <t>UA12060170010378670</t>
         </is>
       </c>
       <c r="M109" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N109" s="7"/>
       <c r="O109" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Інгулецької районної у місті ради</t>
+          <t>Відділ освіти виконавчого комітету Металургійної районної у місті ради</t>
         </is>
       </c>
       <c r="P109" s="4" t="inlineStr">
         <is>
-          <t>(097)5539830</t>
+          <t>(067)9575159</t>
         </is>
       </c>
       <c r="Q109" s="4"/>
       <c r="R109" s="4" t="inlineStr">
         <is>
-          <t>kdnz87@ukr.net</t>
+          <t>kkdnz82@gmail.com</t>
         </is>
       </c>
       <c r="S109" s="4" t="inlineStr">
         <is>
-          <t>http://kdnz87.dnepredu.com</t>
+          <t>kkdnz82.dnepredu.com</t>
         </is>
       </c>
       <c r="T109" s="4" t="inlineStr">
         <is>
-          <t>Директор Купрацевич Світлана Михайлівна</t>
+          <t>Директор Костецька Вікторія Миколаївна</t>
         </is>
       </c>
       <c r="U109" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V109" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W109" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X109" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y109" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) №94" Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) №87 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B110" s="5" t="n">
-        <v>169443</v>
+        <v>164431</v>
       </c>
       <c r="C110" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
-          <t>КЗДО №94 КМР</t>
+          <t>КЗДО №87 КМР</t>
         </is>
       </c>
       <c r="E110" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G110" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H110" s="6" t="inlineStr">
         <is>
-          <t>1211036300</t>
+          <t>1211036900</t>
         </is>
       </c>
       <c r="I110" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J110" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K110" s="4" t="inlineStr">
         <is>
-          <t>вулиця Вокзальна, 8</t>
+          <t>вулиця Панаса Мирного, 1</t>
         </is>
       </c>
       <c r="L110" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010378670</t>
+          <t>UA12060170010270453</t>
         </is>
       </c>
       <c r="M110" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N110" s="7"/>
       <c r="O110" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Металургійної районної у місті ради</t>
+          <t>Відділ освіти виконкому Інгулецької районної у місті ради</t>
         </is>
       </c>
       <c r="P110" s="4" t="inlineStr">
         <is>
-          <t>(097)4191799</t>
+          <t>(097)5539830</t>
         </is>
       </c>
       <c r="Q110" s="4"/>
       <c r="R110" s="4" t="inlineStr">
         <is>
-          <t>kravchuk_kdnz94@ukr.net</t>
+          <t>kdnz87@ukr.net</t>
         </is>
       </c>
       <c r="S110" s="4" t="inlineStr">
         <is>
-          <t>kzdnz94.dnepredu.com</t>
+          <t>http://kdnz87.dnepredu.com</t>
         </is>
       </c>
       <c r="T110" s="4" t="inlineStr">
         <is>
-          <t>Директор Ігнатенко Оксана Станіславівна</t>
+          <t>Директор Купрацевич Світлана Михайлівна</t>
         </is>
       </c>
       <c r="U110" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V110" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W110" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X110" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y110" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №101 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) №94" Криворізької міської ради</t>
         </is>
       </c>
       <c r="B111" s="5" t="n">
-        <v>164432</v>
+        <v>169443</v>
       </c>
       <c r="C111" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
-          <t>КЗДО КТ №101 КМР</t>
+          <t>КЗДО №94 КМР</t>
         </is>
       </c>
       <c r="E111" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>заклад дошкільної освіти (ясла-садок)</t>
         </is>
       </c>
       <c r="G111" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H111" s="6" t="inlineStr">
         <is>
-          <t>1211036900</t>
+          <t>1211036300</t>
         </is>
       </c>
       <c r="I111" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J111" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K111" s="4" t="inlineStr">
         <is>
-          <t>вулиця Подлєпи, 41А</t>
+          <t>вулиця Вокзальна, 8</t>
         </is>
       </c>
       <c r="L111" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010270453</t>
+          <t>UA12060170010378670</t>
         </is>
       </c>
       <c r="M111" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N111" s="7"/>
       <c r="O111" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Інгулецької районної у місті ради</t>
+          <t>Відділ освіти виконавчого комітету Металургійної районної у місті ради</t>
         </is>
       </c>
       <c r="P111" s="4" t="inlineStr">
         <is>
-          <t>(097)138-54-91</t>
+          <t>(097)4191799</t>
         </is>
       </c>
       <c r="Q111" s="4"/>
       <c r="R111" s="4" t="inlineStr">
         <is>
-          <t>kkdnz101_ingulvo@ukr.net</t>
+          <t>kravchuk_kdnz94@ukr.net</t>
         </is>
       </c>
       <c r="S111" s="4" t="inlineStr">
         <is>
-          <t>http://kdnz101.dnepredu.com</t>
+          <t>kzdnz94.dnepredu.com</t>
         </is>
       </c>
       <c r="T111" s="4" t="inlineStr">
         <is>
-          <t>Директор Коник Катерина Володимирівна</t>
+          <t>Директор Ігнатенко Оксана Станіславівна</t>
         </is>
       </c>
       <c r="U111" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V111" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W111" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X111" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y111" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №121 Криворізької міської ради.</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №101 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B112" s="5" t="n">
-        <v>164309</v>
+        <v>164432</v>
       </c>
       <c r="C112" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ЗДО №121</t>
+          <t>КЗДО КТ №101 КМР</t>
         </is>
       </c>
       <c r="E112" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G112" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H112" s="6" t="inlineStr">
         <is>
-          <t>1211037500</t>
+          <t>1211036900</t>
         </is>
       </c>
       <c r="I112" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J112" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K112" s="4" t="inlineStr">
         <is>
-          <t>проспект Центральний, 27-a</t>
+          <t>вулиця Подлєпи, 41А</t>
         </is>
       </c>
       <c r="L112" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010720279</t>
+          <t>UA12060170010270453</t>
         </is>
       </c>
       <c r="M112" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N112" s="7"/>
       <c r="O112" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Центрально-Міської районної у місті ради</t>
+          <t>Відділ освіти виконкому Інгулецької районної у місті ради</t>
         </is>
       </c>
       <c r="P112" s="4" t="inlineStr">
         <is>
-          <t>(097)496-01-80</t>
+          <t>(097)138-54-91</t>
         </is>
       </c>
       <c r="Q112" s="4"/>
       <c r="R112" s="4" t="inlineStr">
         <is>
-          <t>dnz121veselka@gmail.com</t>
+          <t>kkdnz101_ingulvo@ukr.net</t>
         </is>
       </c>
       <c r="S112" s="4" t="inlineStr">
         <is>
-          <t>http://veselka121.dnepredu.com</t>
+          <t>http://kdnz101.dnepredu.com</t>
         </is>
       </c>
       <c r="T112" s="4" t="inlineStr">
         <is>
-          <t>Директор Чмир Тетяна Леонідівна</t>
+          <t>Директор Коник Катерина Володимирівна</t>
         </is>
       </c>
       <c r="U112" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V112" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W112" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X112" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y112" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №125 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №121 Криворізької міської ради.</t>
         </is>
       </c>
       <c r="B113" s="5" t="n">
-        <v>164370</v>
-[...1 lines deleted...]
-      <c r="C113" s="6"/>
+        <v>164309</v>
+      </c>
+      <c r="C113" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ЗДО №125</t>
+          <t>Криворізький ЗДО №121</t>
         </is>
       </c>
       <c r="E113" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G113" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H113" s="6" t="inlineStr">
         <is>
-          <t>1211037200</t>
+          <t>1211037500</t>
         </is>
       </c>
       <c r="I113" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J113" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K113" s="4" t="inlineStr">
         <is>
-          <t>вулиця Чукотська, 1</t>
+          <t>проспект Центральний, 27-a</t>
         </is>
       </c>
       <c r="L113" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010643671</t>
+          <t>UA12060170010720279</t>
         </is>
       </c>
       <c r="M113" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N113" s="7"/>
       <c r="O113" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти виконкому Центрально-Міської районної у місті ради</t>
         </is>
       </c>
       <c r="P113" s="4" t="inlineStr">
         <is>
-          <t>(0564)363249</t>
+          <t>(097)496-01-80</t>
         </is>
       </c>
       <c r="Q113" s="4"/>
       <c r="R113" s="4" t="inlineStr">
         <is>
-          <t>kdnz125@ukr.net</t>
+          <t>dnz121veselka@gmail.com</t>
         </is>
       </c>
       <c r="S113" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/site/krivoyrogkdnz125</t>
+          <t>http://veselka121.dnepredu.com</t>
         </is>
       </c>
       <c r="T113" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Чмир Тетяна Леонідівна</t>
         </is>
       </c>
       <c r="U113" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V113" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W113" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X113" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y113" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №127 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №125 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B114" s="5" t="n">
-        <v>164433</v>
-[...5 lines deleted...]
-      </c>
+        <v>164370</v>
+      </c>
+      <c r="C114" s="6"/>
       <c r="D114" s="4" t="inlineStr">
         <is>
-          <t>КЗДО КТ №127 КМР</t>
+          <t>Криворізький ЗДО №125</t>
         </is>
       </c>
       <c r="E114" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G114" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H114" s="6" t="inlineStr">
         <is>
-          <t>1211036900</t>
+          <t>1211037200</t>
         </is>
       </c>
       <c r="I114" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J114" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K114" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гірників (50 років Жовтню), 12</t>
+          <t>вулиця Чукотська, 1</t>
         </is>
       </c>
       <c r="L114" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010270453</t>
+          <t>UA12060170010643671</t>
         </is>
       </c>
       <c r="M114" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N114" s="7"/>
       <c r="O114" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Інгулецької районної у місті ради</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P114" s="4" t="inlineStr">
         <is>
-          <t>(097)1884875</t>
+          <t>(0564)363249</t>
         </is>
       </c>
       <c r="Q114" s="4"/>
       <c r="R114" s="4" t="inlineStr">
         <is>
-          <t>kkdnz127@ukr.net</t>
+          <t>kdnz125@ukr.net</t>
         </is>
       </c>
       <c r="S114" s="4" t="inlineStr">
         <is>
-          <t>http://kkdnz127.dnepredu.com</t>
+          <t>https://sites.google.com/site/krivoyrogkdnz125</t>
         </is>
       </c>
       <c r="T114" s="4" t="inlineStr">
         <is>
-          <t>Директор Нековаль Оксана Сергіївна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U114" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V114" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W114" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X114" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y114" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №13 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №127 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B115" s="5" t="n">
-        <v>164284</v>
+        <v>164433</v>
       </c>
       <c r="C115" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
-          <t>КЗДО КТ №13</t>
+          <t>КЗДО КТ №127 КМР</t>
         </is>
       </c>
       <c r="E115" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G115" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H115" s="6" t="inlineStr">
         <is>
-          <t>1211036300</t>
+          <t>1211036900</t>
         </is>
       </c>
       <c r="I115" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J115" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K115" s="4" t="inlineStr">
         <is>
-          <t>вулиця Нахімова, 36А</t>
+          <t>вулиця Гірників (50 років Жовтню), 12</t>
         </is>
       </c>
       <c r="L115" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010378670</t>
+          <t>UA12060170010270453</t>
         </is>
       </c>
       <c r="M115" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N115" s="7"/>
       <c r="O115" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Металургійної районної у місті ради</t>
+          <t>Відділ освіти виконкому Інгулецької районної у місті ради</t>
         </is>
       </c>
       <c r="P115" s="4" t="inlineStr">
         <is>
-          <t>(097)3691068</t>
+          <t>(097)1884875</t>
         </is>
       </c>
       <c r="Q115" s="4"/>
       <c r="R115" s="4" t="inlineStr">
         <is>
-          <t>kkdnz13@ukr.net</t>
+          <t>kkdnz127@ukr.net</t>
         </is>
       </c>
       <c r="S115" s="4" t="inlineStr">
         <is>
-          <t>http://kkdnz13.dnepredu.com</t>
+          <t>http://kkdnz127.dnepredu.com</t>
         </is>
       </c>
       <c r="T115" s="4" t="inlineStr">
         <is>
-          <t>Директор Луценко Вікторія Володимирівна</t>
+          <t>Директор Нековаль Оксана Сергіївна</t>
         </is>
       </c>
       <c r="U115" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V115" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W115" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X115" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y115" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №161 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №13 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B116" s="5" t="n">
-        <v>164438</v>
+        <v>164284</v>
       </c>
       <c r="C116" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
-          <t>КЗДО КТ №161 КМР</t>
+          <t>КЗДО КТ №13</t>
         </is>
       </c>
       <c r="E116" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G116" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H116" s="6" t="inlineStr">
         <is>
-          <t>1211036900</t>
+          <t>1211036300</t>
         </is>
       </c>
       <c r="I116" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J116" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K116" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сонячна, 7</t>
+          <t>вулиця Нахімова, 36А</t>
         </is>
       </c>
       <c r="L116" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010270453</t>
+          <t>UA12060170010378670</t>
         </is>
       </c>
       <c r="M116" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N116" s="7"/>
       <c r="O116" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Інгулецької районної у місті ради</t>
+          <t>Відділ освіти виконавчого комітету Металургійної районної у місті ради</t>
         </is>
       </c>
       <c r="P116" s="4" t="inlineStr">
         <is>
-          <t>(096)1227027</t>
+          <t>(097)3691068</t>
         </is>
       </c>
       <c r="Q116" s="4"/>
       <c r="R116" s="4" t="inlineStr">
         <is>
-          <t>kdnz_161@ukr.net</t>
+          <t>kkdnz13@ukr.net</t>
         </is>
       </c>
       <c r="S116" s="4" t="inlineStr">
         <is>
-          <t>kdnz161.dnepredu.com</t>
+          <t>http://kkdnz13.dnepredu.com</t>
         </is>
       </c>
       <c r="T116" s="4" t="inlineStr">
         <is>
-          <t>Директор Лошакова Лариса Станіславівна</t>
+          <t>Директор Луценко Вікторія Володимирівна</t>
         </is>
       </c>
       <c r="U116" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V116" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W116" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X116" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y116" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №17 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №161 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B117" s="5" t="n">
-        <v>164311</v>
+        <v>164438</v>
       </c>
       <c r="C117" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ЗДО №17</t>
+          <t>КЗДО КТ №161 КМР</t>
         </is>
       </c>
       <c r="E117" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G117" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H117" s="6" t="inlineStr">
         <is>
-          <t>1211037500</t>
+          <t>1211036900</t>
         </is>
       </c>
       <c r="I117" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J117" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K117" s="4" t="inlineStr">
         <is>
-          <t>вулиця Староярмаркова, 40A</t>
+          <t>вулиця Сонячна, 7</t>
         </is>
       </c>
       <c r="L117" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010720279</t>
+          <t>UA12060170010270453</t>
         </is>
       </c>
       <c r="M117" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N117" s="7"/>
       <c r="O117" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Центрально-Міської районної у місті ради</t>
+          <t>Відділ освіти виконкому Інгулецької районної у місті ради</t>
         </is>
       </c>
       <c r="P117" s="4" t="inlineStr">
         <is>
-          <t>(068)6037113</t>
+          <t>(096)1227027</t>
         </is>
       </c>
       <c r="Q117" s="4"/>
       <c r="R117" s="4" t="inlineStr">
         <is>
-          <t>kkdnz_17@ukr.net</t>
+          <t>kdnz_161@ukr.net</t>
         </is>
       </c>
       <c r="S117" s="4" t="inlineStr">
         <is>
-          <t>http://olenka17.dnepredu.com/</t>
+          <t>kdnz161.dnepredu.com</t>
         </is>
       </c>
       <c r="T117" s="4" t="inlineStr">
         <is>
-          <t>Директор Малюк Ольга Яківна</t>
+          <t>Директор Лошакова Лариса Станіславівна</t>
         </is>
       </c>
       <c r="U117" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V117" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W117" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X117" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y117" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №175 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №17 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B118" s="5" t="n">
-        <v>164159</v>
+        <v>164311</v>
       </c>
       <c r="C118" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ЗДО №175</t>
+          <t>Криворізький ЗДО №17</t>
         </is>
       </c>
       <c r="E118" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G118" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H118" s="6" t="inlineStr">
         <is>
-          <t>1211036600</t>
+          <t>1211037500</t>
         </is>
       </c>
       <c r="I118" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J118" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K118" s="4" t="inlineStr">
         <is>
-          <t>вулиця Яроша, 1а</t>
+          <t>вулиця Староярмаркова, 40A</t>
         </is>
       </c>
       <c r="L118" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010439451</t>
+          <t>UA12060170010720279</t>
         </is>
       </c>
       <c r="M118" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N118" s="7"/>
       <c r="O118" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Покровської районної в місті ради</t>
+          <t>Відділ освіти виконкому Центрально-Міської районної у місті ради</t>
         </is>
       </c>
       <c r="P118" s="4" t="inlineStr">
         <is>
-          <t>(097)5672542</t>
+          <t>(068)6037113</t>
         </is>
       </c>
       <c r="Q118" s="4"/>
       <c r="R118" s="4" t="inlineStr">
         <is>
-          <t>kzdnz175@ukr.net</t>
+          <t>kkdnz_17@ukr.net</t>
         </is>
       </c>
       <c r="S118" s="4" t="inlineStr">
         <is>
-          <t>http://dnz_175.dnepredu.com</t>
+          <t>http://olenka17.dnepredu.com/</t>
         </is>
       </c>
       <c r="T118" s="4" t="inlineStr">
         <is>
-          <t>Директор Панчук Віта Борисівна</t>
+          <t>Директор Малюк Ольга Яківна</t>
         </is>
       </c>
       <c r="U118" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V118" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W118" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X118" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y118" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №183 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №175 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B119" s="5" t="n">
-        <v>164720</v>
-[...1 lines deleted...]
-      <c r="C119" s="6"/>
+        <v>164159</v>
+      </c>
+      <c r="C119" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ЗДО №183</t>
+          <t>Криворізький ЗДО №175</t>
         </is>
       </c>
       <c r="E119" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G119" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H119" s="6" t="inlineStr">
         <is>
-          <t>1211036400</t>
+          <t>1211036600</t>
         </is>
       </c>
       <c r="I119" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J119" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K119" s="4" t="inlineStr">
         <is>
-          <t>вулиця Соборності, 85А</t>
+          <t>вулиця Яроша, 1а</t>
         </is>
       </c>
       <c r="L119" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010145934</t>
+          <t>UA12060170010439451</t>
         </is>
       </c>
       <c r="M119" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N119" s="7"/>
       <c r="O119" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Відділ освіти виконкому Покровської районної в місті ради</t>
         </is>
       </c>
       <c r="P119" s="4" t="inlineStr">
         <is>
-          <t>(056)4701369</t>
+          <t>(097)5672542</t>
         </is>
       </c>
       <c r="Q119" s="4"/>
       <c r="R119" s="4" t="inlineStr">
         <is>
-          <t>dnz_183@meta.ua</t>
+          <t>kzdnz175@ukr.net</t>
         </is>
       </c>
       <c r="S119" s="4" t="inlineStr">
         <is>
-          <t>kdnz183.dnepredu.com</t>
+          <t>http://dnz_175.dnepredu.com</t>
         </is>
       </c>
       <c r="T119" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Панчук Віта Борисівна</t>
         </is>
       </c>
       <c r="U119" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V119" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W119" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X119" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y119" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №201 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №183 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B120" s="5" t="n">
-        <v>164187</v>
-[...5 lines deleted...]
-      </c>
+        <v>164720</v>
+      </c>
+      <c r="C120" s="6"/>
       <c r="D120" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ЗДО №201</t>
+          <t>Криворізький ЗДО №183</t>
         </is>
       </c>
       <c r="E120" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
+          <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G120" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H120" s="6" t="inlineStr">
         <is>
-          <t>1211037500</t>
+          <t>1211036400</t>
         </is>
       </c>
       <c r="I120" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J120" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K120" s="4" t="inlineStr">
         <is>
-          <t>вулиця Алмазна, 41</t>
+          <t>вулиця Соборності, 85А</t>
         </is>
       </c>
       <c r="L120" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010720279</t>
+          <t>UA12060170010145934</t>
         </is>
       </c>
       <c r="M120" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N120" s="7"/>
       <c r="O120" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Центрально-Міської районної у місті ради</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P120" s="4" t="inlineStr">
         <is>
-          <t>(098)4090189</t>
+          <t>(056)4701369</t>
         </is>
       </c>
       <c r="Q120" s="4"/>
       <c r="R120" s="4" t="inlineStr">
         <is>
-          <t>kkdnz201@ukr.net</t>
+          <t>dnz_183@meta.ua</t>
         </is>
       </c>
       <c r="S120" s="4" t="inlineStr">
         <is>
-          <t>http://romaska.dnepredu.com</t>
+          <t>kdnz183.dnepredu.com</t>
         </is>
       </c>
       <c r="T120" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Штурко Наталія Федорівна</t>
+          <t> </t>
         </is>
       </c>
       <c r="U120" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V120" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W120" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X120" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y120" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №207 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №201 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B121" s="5" t="n">
-        <v>164441</v>
+        <v>164187</v>
       </c>
       <c r="C121" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
-          <t>КЗДО КТ №207 КМР</t>
+          <t>Криворізький ЗДО №201</t>
         </is>
       </c>
       <c r="E121" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G121" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H121" s="6" t="inlineStr">
         <is>
-          <t>1211036900</t>
+          <t>1211037500</t>
         </is>
       </c>
       <c r="I121" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J121" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K121" s="4" t="inlineStr">
         <is>
-          <t>вулиця Салтиківська (Мануїльського), 6А</t>
+          <t>вулиця Алмазна, 41</t>
         </is>
       </c>
       <c r="L121" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010270453</t>
+          <t>UA12060170010720279</t>
         </is>
       </c>
       <c r="M121" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N121" s="7"/>
       <c r="O121" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Інгулецької районної у місті ради</t>
+          <t>Відділ освіти виконкому Центрально-Міської районної у місті ради</t>
         </is>
       </c>
       <c r="P121" s="4" t="inlineStr">
         <is>
-          <t>(097)4957920</t>
+          <t>(098)4090189</t>
         </is>
       </c>
       <c r="Q121" s="4"/>
       <c r="R121" s="4" t="inlineStr">
         <is>
-          <t>kdnz207@ukr.net</t>
+          <t>kkdnz201@ukr.net</t>
         </is>
       </c>
       <c r="S121" s="4" t="inlineStr">
         <is>
-          <t>kdnz207.dnepredu.com</t>
+          <t>http://romaska.dnepredu.com</t>
         </is>
       </c>
       <c r="T121" s="4" t="inlineStr">
         <is>
-          <t>Директор Алексєєва Наталія Олександрівна</t>
+          <t>В.о. директора Штурко Наталія Федорівна</t>
         </is>
       </c>
       <c r="U121" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V121" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W121" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X121" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y121" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №224 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №207 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B122" s="5" t="n">
-        <v>164157</v>
+        <v>164441</v>
       </c>
       <c r="C122" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ЗДО №224</t>
+          <t>КЗДО КТ №207 КМР</t>
         </is>
       </c>
       <c r="E122" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G122" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H122" s="6" t="inlineStr">
         <is>
-          <t>1211036600</t>
+          <t>1211036900</t>
         </is>
       </c>
       <c r="I122" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J122" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K122" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кропивницького, 43</t>
+          <t>вулиця Салтиківська (Мануїльського), 6А</t>
         </is>
       </c>
       <c r="L122" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010439451</t>
+          <t>UA12060170010270453</t>
         </is>
       </c>
       <c r="M122" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N122" s="7"/>
       <c r="O122" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Покровської районної в місті ради</t>
+          <t>Відділ освіти виконкому Інгулецької районної у місті ради</t>
         </is>
       </c>
       <c r="P122" s="4" t="inlineStr">
         <is>
-          <t>(097)5672586</t>
+          <t>(097)4957920</t>
         </is>
       </c>
       <c r="Q122" s="4"/>
       <c r="R122" s="4" t="inlineStr">
         <is>
-          <t>kkdnz224@ukr.net</t>
+          <t>kdnz207@ukr.net</t>
         </is>
       </c>
       <c r="S122" s="4" t="inlineStr">
         <is>
-          <t>http://dnz_224.dnepredu.com</t>
+          <t>kdnz207.dnepredu.com</t>
         </is>
       </c>
       <c r="T122" s="4" t="inlineStr">
         <is>
-          <t>Директор Закусило Інна Анатоліївна</t>
+          <t>Директор Алексєєва Наталія Олександрівна</t>
         </is>
       </c>
       <c r="U122" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V122" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W122" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X122" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y122" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №230 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №224 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B123" s="5" t="n">
-        <v>164293</v>
+        <v>164157</v>
       </c>
       <c r="C123" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ЗДО №230</t>
+          <t>Криворізький ЗДО №224</t>
         </is>
       </c>
       <c r="E123" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G123" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H123" s="6" t="inlineStr">
         <is>
           <t>1211036600</t>
         </is>
       </c>
       <c r="I123" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J123" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K123" s="4" t="inlineStr">
         <is>
-          <t>мікрорайон 5 Зарічний, 11-а</t>
+          <t>вулиця Кропивницького, 43</t>
         </is>
       </c>
       <c r="L123" s="6" t="inlineStr">
         <is>
           <t>UA12060170010439451</t>
         </is>
       </c>
       <c r="M123" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N123" s="7"/>
       <c r="O123" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Покровської районної в місті ради</t>
         </is>
       </c>
       <c r="P123" s="4" t="inlineStr">
         <is>
-          <t>(098)4305392</t>
+          <t>(097)5672586</t>
         </is>
       </c>
       <c r="Q123" s="4"/>
       <c r="R123" s="4" t="inlineStr">
         <is>
-          <t>kkdnz230@ukr.net</t>
+          <t>kkdnz224@ukr.net</t>
         </is>
       </c>
       <c r="S123" s="4" t="inlineStr">
         <is>
-          <t>http://lastochka.dnepredu.com/</t>
+          <t>http://dnz_224.dnepredu.com</t>
         </is>
       </c>
       <c r="T123" s="4" t="inlineStr">
         <is>
-          <t>Директор Андрєєва Інна Миколаївна</t>
+          <t>Директор Закусило Інна Анатоліївна</t>
         </is>
       </c>
       <c r="U123" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V123" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W123" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X123" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y123" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №231 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №230 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B124" s="5" t="n">
-        <v>164298</v>
+        <v>164293</v>
       </c>
       <c r="C124" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
-          <t>КЗДО КТ №231</t>
+          <t>Криворізький ЗДО №230</t>
         </is>
       </c>
       <c r="E124" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G124" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H124" s="6" t="inlineStr">
         <is>
-          <t>1211036300</t>
+          <t>1211036600</t>
         </is>
       </c>
       <c r="I124" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J124" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K124" s="4" t="inlineStr">
         <is>
-          <t>проспект Миру, 48а</t>
+          <t>мікрорайон 5 Зарічний, 11-а</t>
         </is>
       </c>
       <c r="L124" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010378670</t>
+          <t>UA12060170010439451</t>
         </is>
       </c>
       <c r="M124" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N124" s="7"/>
       <c r="O124" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Металургійної районної у місті ради</t>
+          <t>Відділ освіти виконкому Покровської районної в місті ради</t>
         </is>
       </c>
       <c r="P124" s="4" t="inlineStr">
         <is>
-          <t>(098)2681814</t>
+          <t>(098)4305392</t>
         </is>
       </c>
       <c r="Q124" s="4"/>
       <c r="R124" s="4" t="inlineStr">
         <is>
-          <t>sadik-231@ukr.net</t>
+          <t>kkdnz230@ukr.net</t>
         </is>
       </c>
       <c r="S124" s="4" t="inlineStr">
         <is>
-          <t>http://kkdnz231.dnepredu.com/</t>
+          <t>http://lastochka.dnepredu.com/</t>
         </is>
       </c>
       <c r="T124" s="4" t="inlineStr">
         <is>
-          <t>Директор Федоренко Ольга Федорівна</t>
+          <t>Директор Андрєєва Інна Миколаївна</t>
         </is>
       </c>
       <c r="U124" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V124" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W124" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X124" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y124" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №232 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №231 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B125" s="5" t="n">
-        <v>164155</v>
+        <v>164298</v>
       </c>
       <c r="C125" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ЗДО №232</t>
+          <t>КЗДО КТ №231</t>
         </is>
       </c>
       <c r="E125" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G125" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H125" s="6" t="inlineStr">
         <is>
-          <t>1211036600</t>
+          <t>1211036300</t>
         </is>
       </c>
       <c r="I125" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J125" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K125" s="4" t="inlineStr">
         <is>
-          <t>вулиця Десантна, 13б</t>
+          <t>проспект Миру, 48а</t>
         </is>
       </c>
       <c r="L125" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010439451</t>
+          <t>UA12060170010378670</t>
         </is>
       </c>
       <c r="M125" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N125" s="7"/>
       <c r="O125" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Покровської районної в місті ради</t>
+          <t>Відділ освіти виконавчого комітету Металургійної районної у місті ради</t>
         </is>
       </c>
       <c r="P125" s="4" t="inlineStr">
         <is>
-          <t>(097)5672471</t>
+          <t>(098)2681814</t>
         </is>
       </c>
       <c r="Q125" s="4"/>
       <c r="R125" s="4" t="inlineStr">
         <is>
-          <t>kkdnz232@ukr.net</t>
+          <t>sadik-231@ukr.net</t>
         </is>
       </c>
       <c r="S125" s="4" t="inlineStr">
         <is>
-          <t>https://dnz_232.dnepredu.com/</t>
+          <t>http://kkdnz231.dnepredu.com/</t>
         </is>
       </c>
       <c r="T125" s="4" t="inlineStr">
         <is>
-          <t>Директор Науменко Наталя Григорівна</t>
+          <t>Директор Федоренко Ольга Федорівна</t>
         </is>
       </c>
       <c r="U125" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V125" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W125" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X125" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y125" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №238 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №232 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B126" s="5" t="n">
-        <v>164174</v>
+        <v>164155</v>
       </c>
       <c r="C126" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ЗДО №238</t>
+          <t>Криворізький ЗДО №232</t>
         </is>
       </c>
       <c r="E126" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G126" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H126" s="6" t="inlineStr">
         <is>
           <t>1211036600</t>
         </is>
       </c>
       <c r="I126" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J126" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K126" s="4" t="inlineStr">
         <is>
-          <t>вулиця Федора Караманиць, 61-А</t>
+          <t>вулиця Десантна, 13б</t>
         </is>
       </c>
       <c r="L126" s="6" t="inlineStr">
         <is>
           <t>UA12060170010439451</t>
         </is>
       </c>
       <c r="M126" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N126" s="7"/>
       <c r="O126" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Покровської районної в місті ради</t>
         </is>
       </c>
       <c r="P126" s="4" t="inlineStr">
         <is>
-          <t>(097)5672446</t>
+          <t>(097)5672471</t>
         </is>
       </c>
       <c r="Q126" s="4"/>
       <c r="R126" s="4" t="inlineStr">
         <is>
-          <t>kkdnz238@ukr.net</t>
+          <t>kkdnz232@ukr.net</t>
         </is>
       </c>
       <c r="S126" s="4" t="inlineStr">
         <is>
-          <t>http://kkdnz238.dnepredu.com/</t>
+          <t>https://dnz_232.dnepredu.com/</t>
         </is>
       </c>
       <c r="T126" s="4" t="inlineStr">
         <is>
-          <t>Директор Бичкова Марія Олексіївна</t>
+          <t>Директор Науменко Наталя Григорівна</t>
         </is>
       </c>
       <c r="U126" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V126" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W126" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X126" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y126" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №241 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №238 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B127" s="5" t="n">
-        <v>164304</v>
+        <v>164174</v>
       </c>
       <c r="C127" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
-          <t>КЗДО КТ №241 КМР</t>
+          <t>Криворізький ЗДО №238</t>
         </is>
       </c>
       <c r="E127" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G127" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H127" s="6" t="inlineStr">
         <is>
-          <t>1211036300</t>
+          <t>1211036600</t>
         </is>
       </c>
       <c r="I127" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J127" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K127" s="4" t="inlineStr">
         <is>
-          <t>проспект Миру, 18</t>
+          <t>вулиця Федора Караманиць, 61-А</t>
         </is>
       </c>
       <c r="L127" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010378670</t>
+          <t>UA12060170010439451</t>
         </is>
       </c>
       <c r="M127" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N127" s="7"/>
       <c r="O127" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Металургійної районної у місті ради</t>
+          <t>Відділ освіти виконкому Покровської районної в місті ради</t>
         </is>
       </c>
       <c r="P127" s="4" t="inlineStr">
         <is>
-          <t>(067)8536767</t>
+          <t>(097)5672446</t>
         </is>
       </c>
       <c r="Q127" s="4"/>
       <c r="R127" s="4" t="inlineStr">
         <is>
-          <t>kkdnz241dz@ukr.net</t>
+          <t>kkdnz238@ukr.net</t>
         </is>
       </c>
       <c r="S127" s="4" t="inlineStr">
         <is>
-          <t>http://kkdnz241.dnepredu.com</t>
+          <t>http://kkdnz238.dnepredu.com/</t>
         </is>
       </c>
       <c r="T127" s="4" t="inlineStr">
         <is>
-          <t>Директор Лещенко Ірина Олександрівна</t>
+          <t>Директор Бичкова Марія Олексіївна</t>
         </is>
       </c>
       <c r="U127" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V127" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W127" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X127" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y127" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №263 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №241 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B128" s="5" t="n">
-        <v>164158</v>
+        <v>164304</v>
       </c>
       <c r="C128" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ЗДО №263</t>
+          <t>КЗДО КТ №241 КМР</t>
         </is>
       </c>
       <c r="E128" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G128" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H128" s="6" t="inlineStr">
         <is>
-          <t>1211036600</t>
+          <t>1211036300</t>
         </is>
       </c>
       <c r="I128" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J128" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K128" s="4" t="inlineStr">
         <is>
-          <t>бульвар Миколи Вороного, 7-А</t>
+          <t>проспект Миру, 18</t>
         </is>
       </c>
       <c r="L128" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010439451</t>
+          <t>UA12060170010378670</t>
         </is>
       </c>
       <c r="M128" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N128" s="7"/>
       <c r="O128" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Покровської районної в місті ради</t>
+          <t>Відділ освіти виконавчого комітету Металургійної районної у місті ради</t>
         </is>
       </c>
       <c r="P128" s="4" t="inlineStr">
         <is>
-          <t>(097)5672414</t>
+          <t>(067)8536767</t>
         </is>
       </c>
       <c r="Q128" s="4"/>
       <c r="R128" s="4" t="inlineStr">
         <is>
-          <t>kkdnz263dzvinochok@ukr.net</t>
+          <t>kkdnz241dz@ukr.net</t>
         </is>
       </c>
       <c r="S128" s="4" t="inlineStr">
         <is>
-          <t>http://dnz263.dnepredu.com/</t>
+          <t>http://kkdnz241.dnepredu.com</t>
         </is>
       </c>
       <c r="T128" s="4" t="inlineStr">
         <is>
-          <t>Директор Дроздова Валентина Сергіївна</t>
+          <t>Директор Лещенко Ірина Олександрівна</t>
         </is>
       </c>
       <c r="U128" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V128" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W128" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X128" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y128" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №280 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №263 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B129" s="5" t="n">
-        <v>164156</v>
+        <v>164158</v>
       </c>
       <c r="C129" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ЗДО №280</t>
+          <t>Криворізький ЗДО №263</t>
         </is>
       </c>
       <c r="E129" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G129" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H129" s="6" t="inlineStr">
         <is>
           <t>1211036600</t>
         </is>
       </c>
       <c r="I129" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J129" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K129" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миколи Світальського, 4-Б</t>
+          <t>бульвар Миколи Вороного, 7-А</t>
         </is>
       </c>
       <c r="L129" s="6" t="inlineStr">
         <is>
           <t>UA12060170010439451</t>
         </is>
       </c>
       <c r="M129" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N129" s="7"/>
       <c r="O129" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Покровської районної в місті ради</t>
         </is>
       </c>
       <c r="P129" s="4" t="inlineStr">
         <is>
-          <t>(097)5672535</t>
+          <t>(097)5672414</t>
         </is>
       </c>
       <c r="Q129" s="4"/>
       <c r="R129" s="4" t="inlineStr">
         <is>
-          <t>kzdnz280@ukr.net</t>
+          <t>kkdnz263dzvinochok@ukr.net</t>
         </is>
       </c>
       <c r="S129" s="4" t="inlineStr">
         <is>
-          <t>http://dnz_280.dnepredu.com/</t>
+          <t>http://dnz263.dnepredu.com/</t>
         </is>
       </c>
       <c r="T129" s="4" t="inlineStr">
         <is>
-          <t>Директор Якубовська Ірина Валентинівна</t>
+          <t>Директор Дроздова Валентина Сергіївна</t>
         </is>
       </c>
       <c r="U129" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V129" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W129" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X129" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y129" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №29 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №280 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B130" s="5" t="n">
-        <v>164251</v>
+        <v>164156</v>
       </c>
       <c r="C130" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ЗДО №29</t>
+          <t>Криворізький ЗДО №280</t>
         </is>
       </c>
       <c r="E130" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G130" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H130" s="6" t="inlineStr">
         <is>
           <t>1211036600</t>
         </is>
       </c>
       <c r="I130" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J130" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K130" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сєченова, 47</t>
+          <t>вулиця Миколи Світальського, 4-Б</t>
         </is>
       </c>
       <c r="L130" s="6" t="inlineStr">
         <is>
           <t>UA12060170010439451</t>
         </is>
       </c>
       <c r="M130" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N130" s="7"/>
       <c r="O130" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Покровської районної в місті ради</t>
         </is>
       </c>
       <c r="P130" s="4" t="inlineStr">
         <is>
-          <t>(097)5672382</t>
+          <t>(097)5672535</t>
         </is>
       </c>
       <c r="Q130" s="4"/>
       <c r="R130" s="4" t="inlineStr">
         <is>
-          <t>fedorova_29@ukr.net</t>
+          <t>kzdnz280@ukr.net</t>
         </is>
       </c>
       <c r="S130" s="4" t="inlineStr">
         <is>
-          <t>http://kkdnz-29.dp.ua</t>
+          <t>http://dnz_280.dnepredu.com/</t>
         </is>
       </c>
       <c r="T130" s="4" t="inlineStr">
         <is>
-          <t>Директор Федорова Ірина Валеріївна</t>
+          <t>Директор Якубовська Ірина Валентинівна</t>
         </is>
       </c>
       <c r="U130" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V130" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W130" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X130" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y130" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №294 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №29 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B131" s="5" t="n">
-        <v>164188</v>
+        <v>164251</v>
       </c>
       <c r="C131" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ЗДО №294</t>
+          <t>Криворізький ЗДО №29</t>
         </is>
       </c>
       <c r="E131" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G131" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H131" s="6" t="inlineStr">
         <is>
-          <t>1211037500</t>
+          <t>1211036600</t>
         </is>
       </c>
       <c r="I131" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J131" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K131" s="4" t="inlineStr">
         <is>
-          <t>шосе Миколаївське, 13а</t>
+          <t>вулиця Сєченова, 47</t>
         </is>
       </c>
       <c r="L131" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010720279</t>
+          <t>UA12060170010439451</t>
         </is>
       </c>
       <c r="M131" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N131" s="7"/>
       <c r="O131" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Центрально-Міської районної у місті ради</t>
+          <t>Відділ освіти виконкому Покровської районної в місті ради</t>
         </is>
       </c>
       <c r="P131" s="4" t="inlineStr">
         <is>
-          <t>(098)2948185</t>
+          <t>(097)5672382</t>
         </is>
       </c>
       <c r="Q131" s="4"/>
       <c r="R131" s="4" t="inlineStr">
         <is>
-          <t>kkdnz294@ukr.net</t>
+          <t>fedorova_29@ukr.net</t>
         </is>
       </c>
       <c r="S131" s="4" t="inlineStr">
         <is>
-          <t>veselka.dnepredu.com</t>
+          <t>http://kkdnz-29.dp.ua</t>
         </is>
       </c>
       <c r="T131" s="4" t="inlineStr">
         <is>
-          <t>Директор Герасимова Алла Юріївна</t>
+          <t>Директор Федорова Ірина Валеріївна</t>
         </is>
       </c>
       <c r="U131" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V131" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W131" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X131" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y131" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №306 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №294 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B132" s="5" t="n">
-        <v>164175</v>
+        <v>164188</v>
       </c>
       <c r="C132" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ЗДО №306</t>
+          <t>Криворізький ЗДО №294</t>
         </is>
       </c>
       <c r="E132" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G132" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H132" s="6" t="inlineStr">
         <is>
           <t>1211037500</t>
         </is>
       </c>
       <c r="I132" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J132" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K132" s="4" t="inlineStr">
         <is>
-          <t>вулиця Свято-Миколаївська, 12А</t>
+          <t>шосе Миколаївське, 13а</t>
         </is>
       </c>
       <c r="L132" s="6" t="inlineStr">
         <is>
           <t>UA12060170010720279</t>
         </is>
       </c>
       <c r="M132" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N132" s="7"/>
       <c r="O132" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Центрально-Міської районної у місті ради</t>
         </is>
       </c>
       <c r="P132" s="4" t="inlineStr">
         <is>
-          <t>(097)5541073</t>
+          <t>(098)2948185</t>
         </is>
       </c>
       <c r="Q132" s="4"/>
       <c r="R132" s="4" t="inlineStr">
         <is>
-          <t>kzdnz306@ukr.net</t>
+          <t>kkdnz294@ukr.net</t>
         </is>
       </c>
       <c r="S132" s="4" t="inlineStr">
         <is>
-          <t>http://riabinushka.dnepredu.com</t>
+          <t>veselka.dnepredu.com</t>
         </is>
       </c>
       <c r="T132" s="4" t="inlineStr">
         <is>
-          <t>Директор Леонтьєва Ірина Юріївна</t>
+          <t>Директор Герасимова Алла Юріївна</t>
         </is>
       </c>
       <c r="U132" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V132" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W132" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X132" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y132" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №31 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №306 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B133" s="5" t="n">
-        <v>164290</v>
+        <v>164175</v>
       </c>
       <c r="C133" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ЗДО №31</t>
+          <t>Криворізький ЗДО №306</t>
         </is>
       </c>
       <c r="E133" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G133" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H133" s="6" t="inlineStr">
         <is>
-          <t>1211036600</t>
+          <t>1211037500</t>
         </is>
       </c>
       <c r="I133" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J133" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K133" s="4" t="inlineStr">
         <is>
-          <t>вулиця Курчатова, 6</t>
+          <t>вулиця Свято-Миколаївська, 12А</t>
         </is>
       </c>
       <c r="L133" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010439451</t>
+          <t>UA12060170010720279</t>
         </is>
       </c>
       <c r="M133" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N133" s="7"/>
       <c r="O133" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Покровської районної в місті ради</t>
+          <t>Відділ освіти виконкому Центрально-Міської районної у місті ради</t>
         </is>
       </c>
       <c r="P133" s="4" t="inlineStr">
         <is>
-          <t>(096)0124979</t>
+          <t>(097)5541073</t>
         </is>
       </c>
       <c r="Q133" s="4"/>
       <c r="R133" s="4" t="inlineStr">
         <is>
-          <t>kkdnz31@gmail.com</t>
+          <t>kzdnz306@ukr.net</t>
         </is>
       </c>
       <c r="S133" s="4" t="inlineStr">
         <is>
-          <t>http://dnz31.dp.ua</t>
+          <t>http://riabinushka.dnepredu.com</t>
         </is>
       </c>
       <c r="T133" s="4" t="inlineStr">
         <is>
-          <t>Директор Міщук Людмила Анатоліївна</t>
+          <t>Директор Леонтьєва Ірина Юріївна</t>
         </is>
       </c>
       <c r="U133" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V133" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W133" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X133" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y133" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №33 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №31 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B134" s="5" t="n">
-        <v>164161</v>
+        <v>164290</v>
       </c>
       <c r="C134" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ЗДО №33</t>
+          <t>Криворізький ЗДО №31</t>
         </is>
       </c>
       <c r="E134" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G134" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H134" s="6" t="inlineStr">
         <is>
           <t>1211036600</t>
         </is>
       </c>
       <c r="I134" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J134" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K134" s="4" t="inlineStr">
         <is>
-          <t>мікрорайон 7 Зарічний, 10-А</t>
+          <t>вулиця Курчатова, 6</t>
         </is>
       </c>
       <c r="L134" s="6" t="inlineStr">
         <is>
           <t>UA12060170010439451</t>
         </is>
       </c>
       <c r="M134" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N134" s="7"/>
       <c r="O134" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Покровської районної в місті ради</t>
         </is>
       </c>
       <c r="P134" s="4" t="inlineStr">
         <is>
-          <t>(097)5673186</t>
+          <t>(096)0124979</t>
         </is>
       </c>
       <c r="Q134" s="4"/>
       <c r="R134" s="4" t="inlineStr">
         <is>
-          <t>kzdnz33@ukr.net</t>
+          <t>kkdnz31@gmail.com</t>
         </is>
       </c>
       <c r="S134" s="4" t="inlineStr">
         <is>
-          <t>http://dnz_33.dnepredu.com/</t>
+          <t>http://dnz31.dp.ua</t>
         </is>
       </c>
       <c r="T134" s="4" t="inlineStr">
         <is>
-          <t> Мовчан Алла Валентинівна</t>
+          <t>Директор Міщук Людмила Анатоліївна</t>
         </is>
       </c>
       <c r="U134" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V134" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W134" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X134" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y134" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №38 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №33 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B135" s="5" t="n">
-        <v>164246</v>
+        <v>164161</v>
       </c>
       <c r="C135" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ЗДО № 38</t>
+          <t>Криворізький ЗДО №33</t>
         </is>
       </c>
       <c r="E135" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G135" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H135" s="6" t="inlineStr">
         <is>
-          <t>1211037500</t>
+          <t>1211036600</t>
         </is>
       </c>
       <c r="I135" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J135" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K135" s="4" t="inlineStr">
         <is>
-          <t>вулиця Костя Пестушка, 2</t>
+          <t>мікрорайон 7 Зарічний, 10-А</t>
         </is>
       </c>
       <c r="L135" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010720279</t>
+          <t>UA12060170010439451</t>
         </is>
       </c>
       <c r="M135" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N135" s="7"/>
       <c r="O135" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Центрально-Міської районної у місті ради</t>
+          <t>Відділ освіти виконкому Покровської районної в місті ради</t>
         </is>
       </c>
       <c r="P135" s="4" t="inlineStr">
         <is>
-          <t>(097)5540892</t>
+          <t>(097)5673186</t>
         </is>
       </c>
       <c r="Q135" s="4"/>
       <c r="R135" s="4" t="inlineStr">
         <is>
-          <t>kdnzn38@ukr.net</t>
+          <t>kzdnz33@ukr.net</t>
         </is>
       </c>
       <c r="S135" s="4" t="inlineStr">
         <is>
-          <t>http://teremok38.klasna.com</t>
+          <t>http://dnz_33.dnepredu.com/</t>
         </is>
       </c>
       <c r="T135" s="4" t="inlineStr">
         <is>
-          <t>Директор Мякушко Інна Іванівна</t>
+          <t> Мовчан Алла Валентинівна</t>
         </is>
       </c>
       <c r="U135" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V135" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W135" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X135" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y135" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №4 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №38 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B136" s="5" t="n">
-        <v>164312</v>
+        <v>164246</v>
       </c>
       <c r="C136" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ЗДО №4</t>
+          <t>Криворізький ЗДО № 38</t>
         </is>
       </c>
       <c r="E136" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G136" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H136" s="6" t="inlineStr">
         <is>
           <t>1211037500</t>
         </is>
       </c>
       <c r="I136" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J136" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K136" s="4" t="inlineStr">
         <is>
-          <t>вулиця Всебратське-2, 52-А</t>
+          <t>вулиця Костя Пестушка, 2</t>
         </is>
       </c>
       <c r="L136" s="6" t="inlineStr">
         <is>
           <t>UA12060170010720279</t>
         </is>
       </c>
       <c r="M136" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N136" s="7"/>
       <c r="O136" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Центрально-Міської районної у місті ради</t>
         </is>
       </c>
       <c r="P136" s="4" t="inlineStr">
         <is>
-          <t>(093)3365269</t>
+          <t>(097)5540892</t>
         </is>
       </c>
       <c r="Q136" s="4"/>
       <c r="R136" s="4" t="inlineStr">
         <is>
-          <t>KZKDNZ4@ukr.net</t>
+          <t>kdnzn38@ukr.net</t>
         </is>
       </c>
       <c r="S136" s="4" t="inlineStr">
         <is>
-          <t>http://sadoc4.dnepredu.com</t>
+          <t>http://teremok38.klasna.com</t>
         </is>
       </c>
       <c r="T136" s="4" t="inlineStr">
         <is>
-          <t>Директор Шайнога Валентина Володимирівна</t>
+          <t>Директор Мякушко Інна Іванівна</t>
         </is>
       </c>
       <c r="U136" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V136" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W136" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X136" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y136" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №60 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №4 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B137" s="5" t="n">
-        <v>164121</v>
+        <v>164312</v>
       </c>
       <c r="C137" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ЗДО №60</t>
+          <t>Криворізький ЗДО №4</t>
         </is>
       </c>
       <c r="E137" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G137" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H137" s="6" t="inlineStr">
         <is>
-          <t>1211036600</t>
+          <t>1211037500</t>
         </is>
       </c>
       <c r="I137" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J137" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K137" s="4" t="inlineStr">
         <is>
-          <t>вулиця Олега Ольжича, 6</t>
+          <t>вулиця Всебратське-2, 52-А</t>
         </is>
       </c>
       <c r="L137" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010439451</t>
+          <t>UA12060170010720279</t>
         </is>
       </c>
       <c r="M137" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N137" s="7"/>
       <c r="O137" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Покровської районної в місті ради</t>
+          <t>Відділ освіти виконкому Центрально-Міської районної у місті ради</t>
         </is>
       </c>
       <c r="P137" s="4" t="inlineStr">
         <is>
-          <t>(097)5673266</t>
+          <t>(093)3365269</t>
         </is>
       </c>
       <c r="Q137" s="4"/>
       <c r="R137" s="4" t="inlineStr">
         <is>
-          <t>kkdnz60@gmail.com</t>
+          <t>KZKDNZ4@ukr.net</t>
         </is>
       </c>
       <c r="S137" s="4" t="inlineStr">
         <is>
-          <t>https://www.zdo60.dp.ua/</t>
+          <t>http://sadoc4.dnepredu.com</t>
         </is>
       </c>
       <c r="T137" s="4" t="inlineStr">
         <is>
-          <t>Директор Кузьма Наталя Віталіївна</t>
+          <t>Директор Шайнога Валентина Володимирівна</t>
         </is>
       </c>
       <c r="U137" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V137" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W137" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X137" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y137" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №65 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №60 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B138" s="5" t="n">
-        <v>164301</v>
+        <v>164121</v>
       </c>
       <c r="C138" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ЗДО №65</t>
+          <t>Криворізький ЗДО №60</t>
         </is>
       </c>
       <c r="E138" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G138" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H138" s="6" t="inlineStr">
         <is>
           <t>1211036600</t>
         </is>
       </c>
       <c r="I138" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J138" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K138" s="4" t="inlineStr">
         <is>
-          <t>мікрорайон 5 Зарічний, 46А</t>
+          <t>вулиця Олега Ольжича, 6</t>
         </is>
       </c>
       <c r="L138" s="6" t="inlineStr">
         <is>
           <t>UA12060170010439451</t>
         </is>
       </c>
       <c r="M138" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N138" s="7"/>
       <c r="O138" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Покровської районної в місті ради</t>
         </is>
       </c>
       <c r="P138" s="4" t="inlineStr">
         <is>
-          <t>(097)5677662</t>
+          <t>(097)5673266</t>
         </is>
       </c>
       <c r="Q138" s="4"/>
       <c r="R138" s="4" t="inlineStr">
         <is>
-          <t>kkdnz_65@ukr.net</t>
+          <t>kkdnz60@gmail.com</t>
         </is>
       </c>
       <c r="S138" s="4" t="inlineStr">
         <is>
-          <t>https://dnz_65.dnepredu.com/uk/site/index.html</t>
+          <t>https://www.zdo60.dp.ua/</t>
         </is>
       </c>
       <c r="T138" s="4" t="inlineStr">
         <is>
-          <t>Директор Єсіна Ірина Борисівна</t>
+          <t>Директор Кузьма Наталя Віталіївна</t>
         </is>
       </c>
       <c r="U138" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V138" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W138" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X138" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y138" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №71 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №65 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B139" s="5" t="n">
-        <v>164165</v>
+        <v>164301</v>
       </c>
       <c r="C139" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ЗДО №71</t>
+          <t>Криворізький ЗДО №65</t>
         </is>
       </c>
       <c r="E139" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G139" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H139" s="6" t="inlineStr">
         <is>
           <t>1211036600</t>
         </is>
       </c>
       <c r="I139" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J139" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K139" s="4" t="inlineStr">
         <is>
-          <t>мікрорайон Індустріальний, 69-а</t>
+          <t>мікрорайон 5 Зарічний, 46А</t>
         </is>
       </c>
       <c r="L139" s="6" t="inlineStr">
         <is>
           <t>UA12060170010439451</t>
         </is>
       </c>
       <c r="M139" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N139" s="7"/>
       <c r="O139" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Покровської районної в місті ради</t>
         </is>
       </c>
       <c r="P139" s="4" t="inlineStr">
         <is>
-          <t>(067)2712971</t>
+          <t>(097)5677662</t>
         </is>
       </c>
       <c r="Q139" s="4"/>
       <c r="R139" s="4" t="inlineStr">
         <is>
-          <t>kkdnz71@ukr.net</t>
+          <t>kkdnz_65@ukr.net</t>
         </is>
       </c>
       <c r="S139" s="4" t="inlineStr">
         <is>
-          <t>http://dnz_71.dnepredu.com/</t>
+          <t>https://dnz_65.dnepredu.com/uk/site/index.html</t>
         </is>
       </c>
       <c r="T139" s="4" t="inlineStr">
         <is>
-          <t>Директор Руда Надія Володимирівна</t>
+          <t>Директор Єсіна Ірина Борисівна</t>
         </is>
       </c>
       <c r="U139" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V139" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W139" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X139" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y139" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №76 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №71 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B140" s="5" t="n">
-        <v>164189</v>
+        <v>164165</v>
       </c>
       <c r="C140" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ЗДО №76</t>
+          <t>Криворізький ЗДО №71</t>
         </is>
       </c>
       <c r="E140" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G140" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H140" s="6" t="inlineStr">
         <is>
           <t>1211036600</t>
         </is>
       </c>
       <c r="I140" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J140" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K140" s="4" t="inlineStr">
         <is>
-          <t>мікрорайон 4 Зарічний, 12А</t>
+          <t>мікрорайон Індустріальний, 69-а</t>
         </is>
       </c>
       <c r="L140" s="6" t="inlineStr">
         <is>
           <t>UA12060170010439451</t>
         </is>
       </c>
       <c r="M140" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N140" s="7"/>
       <c r="O140" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Покровської районної в місті ради</t>
         </is>
       </c>
       <c r="P140" s="4" t="inlineStr">
         <is>
-          <t>(096)1388962</t>
+          <t>(067)2712971</t>
         </is>
       </c>
       <c r="Q140" s="4"/>
       <c r="R140" s="4" t="inlineStr">
         <is>
-          <t>kdnz76@ukr.net</t>
+          <t>kkdnz71@ukr.net</t>
         </is>
       </c>
       <c r="S140" s="4" t="inlineStr">
         <is>
-          <t>http://dnz_76.dnepredu.com</t>
+          <t>http://dnz_71.dnepredu.com/</t>
         </is>
       </c>
       <c r="T140" s="4" t="inlineStr">
         <is>
-          <t>Директор Шкарбатюк Ірина Василівна</t>
+          <t>Директор Руда Надія Володимирівна</t>
         </is>
       </c>
       <c r="U140" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V140" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W140" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X140" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y140" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №79 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №76 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B141" s="5" t="n">
-        <v>164306</v>
+        <v>164189</v>
       </c>
       <c r="C141" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
-          <t>КЗДО КТ№79</t>
+          <t>Криворізький ЗДО №76</t>
         </is>
       </c>
       <c r="E141" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G141" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H141" s="6" t="inlineStr">
         <is>
-          <t>1211036300</t>
+          <t>1211036600</t>
         </is>
       </c>
       <c r="I141" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J141" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K141" s="4" t="inlineStr">
         <is>
-          <t>вулиця Святогеоргіївська, 7д</t>
+          <t>мікрорайон 4 Зарічний, 12А</t>
         </is>
       </c>
       <c r="L141" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010378670</t>
+          <t>UA12060170010439451</t>
         </is>
       </c>
       <c r="M141" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N141" s="7"/>
       <c r="O141" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Металургійної районної у місті ради</t>
+          <t>Відділ освіти виконкому Покровської районної в місті ради</t>
         </is>
       </c>
       <c r="P141" s="4" t="inlineStr">
         <is>
-          <t>(067)8818845</t>
+          <t>(096)1388962</t>
         </is>
       </c>
       <c r="Q141" s="4"/>
       <c r="R141" s="4" t="inlineStr">
         <is>
-          <t>kdnz79@ukr.net</t>
+          <t>kdnz76@ukr.net</t>
         </is>
       </c>
       <c r="S141" s="4" t="inlineStr">
         <is>
-          <t>http://dnz79.dnepredu.com</t>
+          <t>http://dnz_76.dnepredu.com</t>
         </is>
       </c>
       <c r="T141" s="4" t="inlineStr">
         <is>
-          <t>Директор Юзепчук Ольга Олександрівна</t>
+          <t>Директор Шкарбатюк Ірина Василівна</t>
         </is>
       </c>
       <c r="U141" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V141" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W141" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X141" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y141" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №80 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №79 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B142" s="5" t="n">
-        <v>164120</v>
+        <v>164306</v>
       </c>
       <c r="C142" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ЗДО №80</t>
+          <t>КЗДО КТ№79</t>
         </is>
       </c>
       <c r="E142" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G142" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H142" s="6" t="inlineStr">
         <is>
-          <t>1211037500</t>
+          <t>1211036300</t>
         </is>
       </c>
       <c r="I142" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J142" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K142" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ракетна, 14-А</t>
+          <t>вулиця Святогеоргіївська, 7д</t>
         </is>
       </c>
       <c r="L142" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010720279</t>
+          <t>UA12060170010378670</t>
         </is>
       </c>
       <c r="M142" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N142" s="7"/>
       <c r="O142" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Центрально-Міської районної у місті ради</t>
+          <t>Відділ освіти виконавчого комітету Металургійної районної у місті ради</t>
         </is>
       </c>
       <c r="P142" s="4" t="inlineStr">
         <is>
-          <t>(097)4962249, (068)9175923</t>
+          <t>(067)8818845</t>
         </is>
       </c>
       <c r="Q142" s="4"/>
       <c r="R142" s="4" t="inlineStr">
         <is>
-          <t>kdnz80olimp@ukr.net</t>
+          <t>kdnz79@ukr.net</t>
         </is>
       </c>
       <c r="S142" s="4" t="inlineStr">
         <is>
-          <t>http://olimpiec.dnepredu.com</t>
+          <t>http://dnz79.dnepredu.com</t>
         </is>
       </c>
       <c r="T142" s="4" t="inlineStr">
         <is>
-          <t>Директор Гетман Наталя Михайлівна</t>
+          <t>Директор Юзепчук Ольга Олександрівна</t>
         </is>
       </c>
       <c r="U142" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V142" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W142" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X142" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y142" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №83 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №80 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B143" s="5" t="n">
-        <v>164429</v>
+        <v>164120</v>
       </c>
       <c r="C143" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
-          <t>КЗДО КТ №83 КМР</t>
+          <t>Криворізький ЗДО №80</t>
         </is>
       </c>
       <c r="E143" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G143" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H143" s="6" t="inlineStr">
         <is>
-          <t>1211036900</t>
+          <t>1211037500</t>
         </is>
       </c>
       <c r="I143" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J143" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K143" s="4" t="inlineStr">
         <is>
-          <t>вулиця Подлєпи, 30А</t>
+          <t>вулиця Ракетна, 14-А</t>
         </is>
       </c>
       <c r="L143" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010270453</t>
+          <t>UA12060170010720279</t>
         </is>
       </c>
       <c r="M143" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N143" s="7"/>
       <c r="O143" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Інгулецької районної у місті ради</t>
+          <t>Відділ освіти виконкому Центрально-Міської районної у місті ради</t>
         </is>
       </c>
       <c r="P143" s="4" t="inlineStr">
         <is>
-          <t>(097)5539251</t>
+          <t>(097)4962249, (068)9175923</t>
         </is>
       </c>
       <c r="Q143" s="4"/>
       <c r="R143" s="4" t="inlineStr">
         <is>
-          <t>ksdnz83@ukr.net</t>
+          <t>kdnz80olimp@ukr.net</t>
         </is>
       </c>
       <c r="S143" s="4" t="inlineStr">
         <is>
-          <t>http://kdnz83.dnepredu.com</t>
+          <t>http://olimpiec.dnepredu.com</t>
         </is>
       </c>
       <c r="T143" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Шкряб Оксана Вікторівна</t>
+          <t>Директор Гетман Наталя Михайлівна</t>
         </is>
       </c>
       <c r="U143" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V143" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W143" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X143" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y143" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) компенсуючого типу (санаторний) №26 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) комбінованого типу №83 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B144" s="5" t="n">
-        <v>164289</v>
+        <v>164429</v>
       </c>
       <c r="C144" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ЗДО №26</t>
+          <t>КЗДО КТ №83 КМР</t>
         </is>
       </c>
       <c r="E144" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) компенсуючого типу (санаторний)</t>
+          <t>заклад дошкільної освіти (ясла-садок) комбінованого типу</t>
         </is>
       </c>
       <c r="G144" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H144" s="6" t="inlineStr">
         <is>
-          <t>1211036600</t>
+          <t>1211036900</t>
         </is>
       </c>
       <c r="I144" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J144" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K144" s="4" t="inlineStr">
         <is>
-          <t>вулиця Віри Нікітіної, 1е</t>
+          <t>вулиця Подлєпи, 30А</t>
         </is>
       </c>
       <c r="L144" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010439451</t>
+          <t>UA12060170010270453</t>
         </is>
       </c>
       <c r="M144" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N144" s="7"/>
       <c r="O144" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Покровської районної в місті ради</t>
+          <t>Відділ освіти виконкому Інгулецької районної у місті ради</t>
         </is>
       </c>
       <c r="P144" s="4" t="inlineStr">
         <is>
-          <t>(068)4986932</t>
+          <t>(097)5539251</t>
         </is>
       </c>
       <c r="Q144" s="4"/>
       <c r="R144" s="4" t="inlineStr">
         <is>
-          <t>kdnzk26@gmail.com</t>
+          <t>ksdnz83@ukr.net</t>
         </is>
       </c>
       <c r="S144" s="4" t="inlineStr">
         <is>
-          <t>http://dnz_26.dnepredu.com</t>
+          <t>http://kdnz83.dnepredu.com</t>
         </is>
       </c>
       <c r="T144" s="4" t="inlineStr">
         <is>
-          <t>Директор Паученко Ольга Михайлівна</t>
+          <t>В.о. директора Шкряб Оксана Вікторівна</t>
         </is>
       </c>
       <c r="U144" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V144" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W144" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X144" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y144" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) компенсуючого типу №186 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) компенсуючого типу (санаторний) №26 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B145" s="5" t="n">
-        <v>164305</v>
+        <v>164289</v>
       </c>
       <c r="C145" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
-          <t>КЗДО КТ №186 КМР</t>
+          <t>Криворізький ЗДО №26</t>
         </is>
       </c>
       <c r="E145" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) компенсуючого типу (спеціальний)</t>
+          <t>заклад дошкільної освіти (ясла-садок) компенсуючого типу (санаторний)</t>
         </is>
       </c>
       <c r="G145" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H145" s="6" t="inlineStr">
         <is>
-          <t>1211036300</t>
+          <t>1211036600</t>
         </is>
       </c>
       <c r="I145" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J145" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K145" s="4" t="inlineStr">
         <is>
-          <t>вулиця Степана Тільги, 18а</t>
+          <t>вулиця Віри Нікітіної, 1е</t>
         </is>
       </c>
       <c r="L145" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010378670</t>
+          <t>UA12060170010439451</t>
         </is>
       </c>
       <c r="M145" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N145" s="7"/>
       <c r="O145" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Металургійної районної у місті ради</t>
+          <t>Відділ освіти виконкому Покровської районної в місті ради</t>
         </is>
       </c>
       <c r="P145" s="4" t="inlineStr">
         <is>
-          <t>(097)4078694</t>
+          <t>(068)4986932</t>
         </is>
       </c>
       <c r="Q145" s="4"/>
       <c r="R145" s="4" t="inlineStr">
         <is>
-          <t>ksdnz186@ukr.net</t>
+          <t>kdnzk26@gmail.com</t>
         </is>
       </c>
       <c r="S145" s="4" t="inlineStr">
         <is>
-          <t>http://ksdnz_186.dnepredu.com/</t>
+          <t>http://dnz_26.dnepredu.com</t>
         </is>
       </c>
       <c r="T145" s="4" t="inlineStr">
         <is>
-          <t>Директор Кучір Анжеліка Володимирівна</t>
+          <t>Директор Паученко Ольга Михайлівна</t>
         </is>
       </c>
       <c r="U145" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V145" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W145" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X145" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y145" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти (ясла-садок) компенсуючого типу №3 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) компенсуючого типу №186 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B146" s="5" t="n">
-        <v>164177</v>
+        <v>164305</v>
       </c>
       <c r="C146" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ЗДО №3</t>
+          <t>КЗДО КТ №186 КМР</t>
         </is>
       </c>
       <c r="E146" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) компенсуючого типу (санаторний)</t>
+          <t>заклад дошкільної освіти (ясла-садок) компенсуючого типу (спеціальний)</t>
         </is>
       </c>
       <c r="G146" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H146" s="6" t="inlineStr">
         <is>
-          <t>1211037500</t>
+          <t>1211036300</t>
         </is>
       </c>
       <c r="I146" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J146" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K146" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миколи Ходича, 1</t>
+          <t>вулиця Степана Тільги, 18а</t>
         </is>
       </c>
       <c r="L146" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010720279</t>
+          <t>UA12060170010378670</t>
         </is>
       </c>
       <c r="M146" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N146" s="7"/>
       <c r="O146" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Центрально-Міської районної у місті ради</t>
+          <t>Відділ освіти виконавчого комітету Металургійної районної у місті ради</t>
         </is>
       </c>
       <c r="P146" s="4" t="inlineStr">
         <is>
-          <t>(068)4264076</t>
+          <t>(097)4078694</t>
         </is>
       </c>
       <c r="Q146" s="4"/>
       <c r="R146" s="4" t="inlineStr">
         <is>
-          <t>kiryanova.i@ukr.net</t>
+          <t>ksdnz186@ukr.net</t>
         </is>
       </c>
       <c r="S146" s="4" t="inlineStr">
         <is>
-          <t>http://chervona-shapochka.dnepredu.com</t>
+          <t>http://ksdnz_186.dnepredu.com/</t>
         </is>
       </c>
       <c r="T146" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Колісник Вікторія Вікторівна</t>
+          <t>Директор Кучір Анжеліка Володимирівна</t>
         </is>
       </c>
       <c r="U146" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V146" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W146" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X146" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y146" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад дошкільної освіти компенсуючого типу №120 Криворізької міської ради</t>
+          <t>Комунальний заклад дошкільної освіти (ясла-садок) компенсуючого типу №3 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B147" s="5" t="n">
-        <v>164307</v>
+        <v>164177</v>
       </c>
       <c r="C147" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
-          <t>КЗДО КТ№120 КМР</t>
+          <t>Криворізький ЗДО №3</t>
         </is>
       </c>
       <c r="E147" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
-          <t>заклад дошкільної освіти (ясла-садок) компенсуючого типу (спеціальний)</t>
+          <t>заклад дошкільної освіти (ясла-садок) компенсуючого типу (санаторний)</t>
         </is>
       </c>
       <c r="G147" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H147" s="6" t="inlineStr">
         <is>
-          <t>1211036300</t>
+          <t>1211037500</t>
         </is>
       </c>
       <c r="I147" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J147" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K147" s="4" t="inlineStr">
         <is>
-          <t>вулиця Соборності, 54-А</t>
+          <t>вулиця Миколи Ходича, 1</t>
         </is>
       </c>
       <c r="L147" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010378670</t>
+          <t>UA12060170010720279</t>
         </is>
       </c>
       <c r="M147" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N147" s="7"/>
       <c r="O147" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Металургійної районної у місті ради</t>
+          <t>Відділ освіти виконкому Центрально-Міської районної у місті ради</t>
         </is>
       </c>
       <c r="P147" s="4" t="inlineStr">
         <is>
-          <t>(050)5340702</t>
+          <t>(068)4264076</t>
         </is>
       </c>
       <c r="Q147" s="4"/>
       <c r="R147" s="4" t="inlineStr">
         <is>
-          <t>ksdnz120@ukr.net</t>
+          <t>kiryanova.i@ukr.net</t>
         </is>
       </c>
       <c r="S147" s="4" t="inlineStr">
         <is>
-          <t>http://kdnz_120.dnepredu.com/</t>
+          <t>http://chervona-shapochka.dnepredu.com</t>
         </is>
       </c>
       <c r="T147" s="4" t="inlineStr">
         <is>
-          <t>Директор Бариленко Олена Анатоліївна</t>
+          <t>В.о. директора Колісник Вікторія Вікторівна</t>
         </is>
       </c>
       <c r="U147" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V147" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W147" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X147" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y147" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад освіти «Криворізький «Багатопрофільний навчально-реабілітаційний центр «Надія»</t>
+          <t>Комунальний заклад дошкільної освіти компенсуючого типу №120 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B148" s="5" t="n">
-        <v>176432</v>
-[...1 lines deleted...]
-      <c r="C148" s="6"/>
+        <v>164307</v>
+      </c>
+      <c r="C148" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад освіти «Криворізький «Багатопрофільний навчально-реабілітаційний центр «Надія»</t>
+          <t>КЗДО КТ№120 КМР</t>
         </is>
       </c>
       <c r="E148" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
-          <t>(тип не встановлено)</t>
+          <t>заклад дошкільної освіти (ясла-садок) компенсуючого типу (спеціальний)</t>
         </is>
       </c>
       <c r="G148" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H148" s="6" t="inlineStr">
         <is>
-          <t>1211000000</t>
+          <t>1211036300</t>
         </is>
       </c>
       <c r="I148" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J148" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
-      <c r="K148" s="4"/>
+      <c r="K148" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Соборності, 54-А</t>
+        </is>
+      </c>
       <c r="L148" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010065850</t>
+          <t>UA12060170010378670</t>
         </is>
       </c>
       <c r="M148" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N148" s="7"/>
       <c r="O148" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
-[...2 lines deleted...]
-      <c r="P148" s="4"/>
+          <t>Відділ освіти виконавчого комітету Металургійної районної у місті ради</t>
+        </is>
+      </c>
+      <c r="P148" s="4" t="inlineStr">
+        <is>
+          <t>(050)5340702</t>
+        </is>
+      </c>
       <c r="Q148" s="4"/>
-      <c r="R148" s="4"/>
-      <c r="S148" s="4"/>
+      <c r="R148" s="4" t="inlineStr">
+        <is>
+          <t>ksdnz120@ukr.net</t>
+        </is>
+      </c>
+      <c r="S148" s="4" t="inlineStr">
+        <is>
+          <t>http://kdnz_120.dnepredu.com/</t>
+        </is>
+      </c>
       <c r="T148" s="4" t="inlineStr">
         <is>
-          <t> </t>
+          <t>Директор Бариленко Олена Анатоліївна</t>
         </is>
       </c>
       <c r="U148" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V148" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W148" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X148" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y148" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад освіти «Криворізький багатопрофільний навчально-реабілітаційний центр «Перлина» Дніпропетровської обласної ради».</t>
+          <t>Комунальний заклад освіти «Криворізький «Багатопрофільний навчально-реабілітаційний центр «Надія»</t>
         </is>
       </c>
       <c r="B149" s="5" t="n">
-        <v>176411</v>
+        <v>176432</v>
       </c>
       <c r="C149" s="6"/>
       <c r="D149" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад освіти «Криворізький багатопрофільний навчально-реабілітаційний центр «Перлина» Дніпропетровської обласної ра</t>
+          <t>Комунальний заклад освіти «Криворізький «Багатопрофільний навчально-реабілітаційний центр «Надія»</t>
         </is>
       </c>
       <c r="E149" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G149" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H149" s="6" t="inlineStr">
         <is>
           <t>1211000000</t>
         </is>
       </c>
       <c r="I149" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
@@ -16732,399 +16752,492 @@
           <t>UA12060170010065850</t>
         </is>
       </c>
       <c r="M149" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N149" s="7"/>
       <c r="O149" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P149" s="4"/>
       <c r="Q149" s="4"/>
       <c r="R149" s="4"/>
       <c r="S149" s="4"/>
       <c r="T149" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U149" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V149" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W149" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X149" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y149" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Санаторний дошкільний навчальний заклад (ясла - садок) №90" КМР</t>
+          <t>Комунальний заклад освіти «Криворізький багатопрофільний навчально-реабілітаційний центр «Перлина» Дніпропетровської обласної ради».</t>
         </is>
       </c>
       <c r="B150" s="5" t="n">
-        <v>164450</v>
+        <v>176411</v>
       </c>
       <c r="C150" s="6"/>
       <c r="D150" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ЗДО №90</t>
+          <t>Комунальний заклад освіти «Криворізький багатопрофільний навчально-реабілітаційний центр «Перлина» Дніпропетровської обласної ра</t>
         </is>
       </c>
       <c r="E150" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G150" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H150" s="6" t="inlineStr">
         <is>
-          <t>1211037000</t>
+          <t>1211000000</t>
         </is>
       </c>
       <c r="I150" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J150" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
-      <c r="K150" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="K150" s="4"/>
       <c r="L150" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010585703</t>
+          <t>UA12060170010065850</t>
         </is>
       </c>
       <c r="M150" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N150" s="7"/>
       <c r="O150" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
-      <c r="P150" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="P150" s="4"/>
       <c r="Q150" s="4"/>
-      <c r="R150" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="R150" s="4"/>
+      <c r="S150" s="4"/>
       <c r="T150" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U150" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V150" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W150" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X150" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y150" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="4" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Санаторний дошкільний навчальний заклад (ясла-садок) №156" Криворізької міської ради</t>
+          <t>Комунальний заклад "Санаторний дошкільний навчальний заклад (ясла - садок) №90" КМР</t>
         </is>
       </c>
       <c r="B151" s="5" t="n">
-        <v>164499</v>
+        <v>164450</v>
       </c>
       <c r="C151" s="6"/>
       <c r="D151" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ЗДО №156</t>
+          <t>Криворізький ЗДО №90</t>
         </is>
       </c>
       <c r="E151" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G151" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H151" s="6" t="inlineStr">
         <is>
           <t>1211037000</t>
         </is>
       </c>
       <c r="I151" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J151" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K151" s="4" t="inlineStr">
         <is>
-          <t>вулиця Поперечна, 2а</t>
+          <t>вулиця Софії Перовської, 6</t>
         </is>
       </c>
       <c r="L151" s="6" t="inlineStr">
         <is>
           <t>UA12060170010585703</t>
         </is>
       </c>
       <c r="M151" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N151" s="7"/>
       <c r="O151" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P151" s="4" t="inlineStr">
         <is>
-          <t>(056)4104750</t>
+          <t>(0564)056914</t>
         </is>
       </c>
       <c r="Q151" s="4"/>
       <c r="R151" s="4" t="inlineStr">
         <is>
-          <t>kcdnz156@ukr.net</t>
+          <t>ksdnz090@ukr.net</t>
         </is>
       </c>
       <c r="S151" s="4" t="inlineStr">
         <is>
-          <t>dnz156.dnepredu.com</t>
+          <t>maisal17.klasna.com</t>
         </is>
       </c>
       <c r="T151" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U151" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V151" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W151" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X151" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y151" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="4" t="inlineStr">
         <is>
-          <t>Комунальний спеціальний дошкільний навчальний заклад №151 Криворізької міської ради</t>
+          <t>Комунальний заклад "Санаторний дошкільний навчальний заклад (ясла-садок) №156" Криворізької міської ради</t>
         </is>
       </c>
       <c r="B152" s="5" t="n">
-        <v>164634</v>
+        <v>164499</v>
       </c>
       <c r="C152" s="6"/>
       <c r="D152" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ЗДО №151</t>
+          <t>Криворізький ЗДО №156</t>
         </is>
       </c>
       <c r="E152" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>(тип не встановлено)</t>
         </is>
       </c>
       <c r="G152" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H152" s="6" t="inlineStr">
         <is>
           <t>1211037000</t>
         </is>
       </c>
       <c r="I152" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J152" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K152" s="4" t="inlineStr">
         <is>
-          <t>вулиця Івана Авраменка, 17А</t>
+          <t>вулиця Поперечна, 2а</t>
         </is>
       </c>
       <c r="L152" s="6" t="inlineStr">
         <is>
           <t>UA12060170010585703</t>
         </is>
       </c>
       <c r="M152" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N152" s="7"/>
       <c r="O152" s="4" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P152" s="4" t="inlineStr">
         <is>
-          <t>(0564)647013</t>
+          <t>(056)4104750</t>
         </is>
       </c>
       <c r="Q152" s="4"/>
       <c r="R152" s="4" t="inlineStr">
         <is>
-          <t>dnz-151@ukr.net</t>
+          <t>kcdnz156@ukr.net</t>
         </is>
       </c>
       <c r="S152" s="4" t="inlineStr">
         <is>
-          <t>http://ksdnz151.dnepredu.com/</t>
+          <t>dnz156.dnepredu.com</t>
         </is>
       </c>
       <c r="T152" s="4" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="U152" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V152" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W152" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X152" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y152" s="5"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="4" t="inlineStr">
+        <is>
+          <t>Комунальний спеціальний дошкільний навчальний заклад №151 Криворізької міської ради</t>
+        </is>
+      </c>
+      <c r="B153" s="5" t="n">
+        <v>164634</v>
+      </c>
+      <c r="C153" s="6"/>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>Криворізький ЗДО №151</t>
+        </is>
+      </c>
+      <c r="E153" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>(тип не встановлено)</t>
+        </is>
+      </c>
+      <c r="G153" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H153" s="6" t="inlineStr">
+        <is>
+          <t>1211037000</t>
+        </is>
+      </c>
+      <c r="I153" s="4" t="inlineStr">
+        <is>
+          <t>Дніпропетровська область</t>
+        </is>
+      </c>
+      <c r="J153" s="4" t="inlineStr">
+        <is>
+          <t>Кривий Ріг, Дніпропетровська область</t>
+        </is>
+      </c>
+      <c r="K153" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Івана Авраменка, 17А</t>
+        </is>
+      </c>
+      <c r="L153" s="6" t="inlineStr">
+        <is>
+          <t>UA12060170010585703</t>
+        </is>
+      </c>
+      <c r="M153" s="4" t="inlineStr">
+        <is>
+          <t>Дніпропетровська обл., м. Кривий Ріг</t>
+        </is>
+      </c>
+      <c r="N153" s="7"/>
+      <c r="O153" s="4" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="P153" s="4" t="inlineStr">
+        <is>
+          <t>(0564)647013</t>
+        </is>
+      </c>
+      <c r="Q153" s="4"/>
+      <c r="R153" s="4" t="inlineStr">
+        <is>
+          <t>dnz-151@ukr.net</t>
+        </is>
+      </c>
+      <c r="S153" s="4" t="inlineStr">
+        <is>
+          <t>http://ksdnz151.dnepredu.com/</t>
+        </is>
+      </c>
+      <c r="T153" s="4" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="U153" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V153" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W153" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X153" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y153" s="5"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:Y152"/>
+  <autoFilter ref="A1:Y153"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>