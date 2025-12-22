--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -2629,51 +2629,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G22" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H22" s="6" t="inlineStr">
         <is>
           <t>1211036300</t>
         </is>
       </c>
       <c r="I22" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J22" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K22" s="4" t="inlineStr">
         <is>
-          <t>вулиця Бандери, 23</t>
+          <t>вулиця Степана Бандери, 23</t>
         </is>
       </c>
       <c r="L22" s="6" t="inlineStr">
         <is>
           <t>UA12060170010378670</t>
         </is>
       </c>
       <c r="M22" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N22" s="7"/>
       <c r="O22" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконавчого комітету Металургійної районної у місті ради</t>
         </is>
       </c>
       <c r="P22" s="4" t="inlineStr">
         <is>
           <t>(096)302-04-19</t>
         </is>
       </c>
       <c r="Q22" s="4"/>
       <c r="R22" s="4" t="inlineStr">
@@ -3081,51 +3081,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G26" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H26" s="6" t="inlineStr">
         <is>
           <t>1211037200</t>
         </is>
       </c>
       <c r="I26" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J26" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K26" s="4" t="inlineStr">
         <is>
-          <t>вулиця Доватора, 31</t>
+          <t>вулиця Андрія Божка, 31</t>
         </is>
       </c>
       <c r="L26" s="6" t="inlineStr">
         <is>
           <t>UA12060170010643671</t>
         </is>
       </c>
       <c r="M26" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N26" s="7"/>
       <c r="O26" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Тернівської районної у місті ради</t>
         </is>
       </c>
       <c r="P26" s="4" t="inlineStr">
         <is>
           <t>(0564)948409</t>
         </is>
       </c>
       <c r="Q26" s="4"/>
       <c r="R26" s="4" t="inlineStr">
@@ -5567,51 +5567,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G48" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H48" s="6" t="inlineStr">
         <is>
           <t>1211037000</t>
         </is>
       </c>
       <c r="I48" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J48" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K48" s="4" t="inlineStr">
         <is>
-          <t>вулиця Спаська, 8 А</t>
+          <t>вулиця Спасівська, 8 А</t>
         </is>
       </c>
       <c r="L48" s="6" t="inlineStr">
         <is>
           <t>UA12060170010585703</t>
         </is>
       </c>
       <c r="M48" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N48" s="7"/>
       <c r="O48" s="4" t="inlineStr">
         <is>
           <t>Управління освіти виконкому Саксаганської районної у місті ради</t>
         </is>
       </c>
       <c r="P48" s="4" t="inlineStr">
         <is>
           <t>(097)6680603</t>
         </is>
       </c>
       <c r="Q48" s="4"/>
       <c r="R48" s="4" t="inlineStr">
@@ -7036,88 +7036,88 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G61" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H61" s="6" t="inlineStr">
         <is>
           <t>1211037200</t>
         </is>
       </c>
       <c r="I61" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J61" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K61" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кибальчича, 19</t>
+          <t>вулиця Мелетія Смотрицького, 19</t>
         </is>
       </c>
       <c r="L61" s="6" t="inlineStr">
         <is>
           <t>UA12060170010643671</t>
         </is>
       </c>
       <c r="M61" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N61" s="7"/>
       <c r="O61" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Тернівської районної у місті ради</t>
         </is>
       </c>
       <c r="P61" s="4" t="inlineStr">
         <is>
-          <t>(096)4411238</t>
+          <t>(096)4039036</t>
         </is>
       </c>
       <c r="Q61" s="4"/>
       <c r="R61" s="4" t="inlineStr">
         <is>
           <t>shkola38@ukr.net</t>
         </is>
       </c>
       <c r="S61" s="4" t="inlineStr">
         <is>
           <t>http://sc38.dnepredu.com/</t>
         </is>
       </c>
       <c r="T61" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Багоцька Тетяна Павлівна</t>
+          <t>В.о. директора Яновський Сергій Валерійович</t>
         </is>
       </c>
       <c r="U61" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V61" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W61" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X61" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y61" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
@@ -7396,67 +7396,67 @@
         </is>
       </c>
       <c r="K64" s="4" t="inlineStr">
         <is>
           <t>вулиця Музейна, 2Б</t>
         </is>
       </c>
       <c r="L64" s="6" t="inlineStr">
         <is>
           <t>UA12060170010643671</t>
         </is>
       </c>
       <c r="M64" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N64" s="7"/>
       <c r="O64" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Тернівської районної у місті ради</t>
         </is>
       </c>
       <c r="P64" s="4" t="inlineStr">
         <is>
-          <t>(097)7692748</t>
+          <t>(068)5754490</t>
         </is>
       </c>
       <c r="Q64" s="4"/>
       <c r="R64" s="4" t="inlineStr">
         <is>
           <t>kzsh40108@gmail.com</t>
         </is>
       </c>
       <c r="S64" s="4" t="inlineStr">
         <is>
           <t>https://sites.google.com/site/krivoyrogkzsh40/home</t>
         </is>
       </c>
       <c r="T64" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Устінова Ольга Григорівна</t>
+          <t>В.о. директора Горевич Сергій Олександрович</t>
         </is>
       </c>
       <c r="U64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y64" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
@@ -8053,51 +8053,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G70" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H70" s="6" t="inlineStr">
         <is>
           <t>1211037200</t>
         </is>
       </c>
       <c r="I70" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J70" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K70" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ю.Смирнова, 28</t>
+          <t>вулиця Анастасії Рак, 28</t>
         </is>
       </c>
       <c r="L70" s="6" t="inlineStr">
         <is>
           <t>UA12060170010643671</t>
         </is>
       </c>
       <c r="M70" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N70" s="7"/>
       <c r="O70" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Тернівської районної у місті ради</t>
         </is>
       </c>
       <c r="P70" s="4" t="inlineStr">
         <is>
           <t>(0564)948422</t>
         </is>
       </c>
       <c r="Q70" s="4"/>
       <c r="R70" s="4" t="inlineStr">
@@ -8203,51 +8203,51 @@
       </c>
       <c r="N71" s="7"/>
       <c r="O71" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Центрально-Міської районної у місті ради</t>
         </is>
       </c>
       <c r="P71" s="4" t="inlineStr">
         <is>
           <t>(097)5541030</t>
         </is>
       </c>
       <c r="Q71" s="4"/>
       <c r="R71" s="4" t="inlineStr">
         <is>
           <t>kzshn5@i.ua</t>
         </is>
       </c>
       <c r="S71" s="4" t="inlineStr">
         <is>
           <t>http://kzshn5.dnepredu.com/</t>
         </is>
       </c>
       <c r="T71" s="4" t="inlineStr">
         <is>
-          <t>Директор Маханькова Олена Анатоліївна</t>
+          <t>В.о. директора Тінішина Олена Олександрівна</t>
         </is>
       </c>
       <c r="U71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y71" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
@@ -8645,56 +8645,56 @@
       </c>
       <c r="L75" s="6" t="inlineStr">
         <is>
           <t>UA12060170010643671</t>
         </is>
       </c>
       <c r="M75" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N75" s="7"/>
       <c r="O75" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Тернівської районної у місті ради</t>
         </is>
       </c>
       <c r="P75" s="4" t="inlineStr">
         <is>
           <t>(096)095-04-11</t>
         </is>
       </c>
       <c r="Q75" s="4"/>
       <c r="R75" s="4" t="inlineStr">
         <is>
-          <t>kzh55@ukr.net</t>
+          <t>kg55kmr@ukr.net</t>
         </is>
       </c>
       <c r="S75" s="4" t="inlineStr">
         <is>
-          <t>https://school55.pp.ua/</t>
+          <t>https://kg55kmr.pp.ua/</t>
         </is>
       </c>
       <c r="T75" s="4" t="inlineStr">
         <is>
           <t>Директор Горевич Людмила Володимирівна</t>
         </is>
       </c>
       <c r="U75" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V75" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W75" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X75" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -9974,51 +9974,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G87" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H87" s="6" t="inlineStr">
         <is>
           <t>1211036300</t>
         </is>
       </c>
       <c r="I87" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J87" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K87" s="4" t="inlineStr">
         <is>
-          <t>вулиця Хабаровська, 4</t>
+          <t>вулиця Хамзата Гелаєва, 4</t>
         </is>
       </c>
       <c r="L87" s="6" t="inlineStr">
         <is>
           <t>UA12060170010378670</t>
         </is>
       </c>
       <c r="M87" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N87" s="7"/>
       <c r="O87" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконавчого комітету Металургійної районної у місті ради</t>
         </is>
       </c>
       <c r="P87" s="4" t="inlineStr">
         <is>
           <t>(097)554-08-37</t>
         </is>
       </c>
       <c r="Q87" s="4"/>
       <c r="R87" s="4" t="inlineStr">
@@ -10765,51 +10765,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G94" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H94" s="6" t="inlineStr">
         <is>
           <t>1211037200</t>
         </is>
       </c>
       <c r="I94" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J94" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K94" s="4" t="inlineStr">
         <is>
-          <t>вулиця Володимира Терещенка, 10г</t>
+          <t>вулиця Володимира Терещенка, 10Г</t>
         </is>
       </c>
       <c r="L94" s="6" t="inlineStr">
         <is>
           <t>UA12060170010643671</t>
         </is>
       </c>
       <c r="M94" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N94" s="7"/>
       <c r="O94" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Тернівської районної у місті ради</t>
         </is>
       </c>
       <c r="P94" s="4" t="inlineStr">
         <is>
           <t>(0564)948417</t>
         </is>
       </c>
       <c r="Q94" s="4"/>
       <c r="R94" s="4" t="inlineStr">
@@ -11249,51 +11249,51 @@
       </c>
       <c r="M98" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N98" s="7"/>
       <c r="O98" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Тернівської районної у місті ради</t>
         </is>
       </c>
       <c r="P98" s="4" t="inlineStr">
         <is>
           <t>(097)4307381</t>
         </is>
       </c>
       <c r="Q98" s="4"/>
       <c r="R98" s="4" t="inlineStr">
         <is>
           <t>novoivanovkaschool83@ukr.net</t>
         </is>
       </c>
       <c r="S98" s="4" t="inlineStr">
         <is>
-          <t>http://www.krschool83.do.am</t>
+          <t>https://novoivanovkaschool.wixsite.com/mysite</t>
         </is>
       </c>
       <c r="T98" s="4" t="inlineStr">
         <is>
           <t>В.о. директора Палшкова Наталія Михайлівна</t>
         </is>
       </c>
       <c r="U98" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V98" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W98" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X98" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -12723,51 +12723,51 @@
       </c>
       <c r="N111" s="7"/>
       <c r="O111" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Покровської районної в місті ради</t>
         </is>
       </c>
       <c r="P111" s="4" t="inlineStr">
         <is>
           <t>(097)5675923</t>
         </is>
       </c>
       <c r="Q111" s="4"/>
       <c r="R111" s="4" t="inlineStr">
         <is>
           <t>school97@i.ua</t>
         </is>
       </c>
       <c r="S111" s="4" t="inlineStr">
         <is>
           <t>http://гімназія97.com.ua/</t>
         </is>
       </c>
       <c r="T111" s="4" t="inlineStr">
         <is>
-          <t>Директор Гарець Тетяна Юріївна</t>
+          <t>Директор Семенова Юлія Михайлівна</t>
         </is>
       </c>
       <c r="U111" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V111" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W111" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X111" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y111" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
@@ -13180,51 +13180,51 @@
         </is>
       </c>
       <c r="P115" s="4" t="inlineStr">
         <is>
           <t>(067)9328704</t>
         </is>
       </c>
       <c r="Q115" s="4"/>
       <c r="R115" s="4" t="inlineStr">
         <is>
           <t>kzsnvk22@gmail.com</t>
         </is>
       </c>
       <c r="S115" s="4" t="inlineStr">
         <is>
           <t>http://snvk22.dnepredu.com</t>
         </is>
       </c>
       <c r="T115" s="4" t="inlineStr">
         <is>
           <t>В.о. директора Зотова Роза Миколаївна</t>
         </is>
       </c>
       <c r="U115" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V115" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W115" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X115" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y115" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="4" t="inlineStr">
         <is>
           <t>Криворізька початкова школа №43 Криворізької міської ради</t>
         </is>
       </c>
@@ -13853,51 +13853,51 @@
       </c>
       <c r="N121" s="7"/>
       <c r="O121" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Інгулецької районної у місті ради</t>
         </is>
       </c>
       <c r="P121" s="4" t="inlineStr">
         <is>
           <t>(097)4956474</t>
         </is>
       </c>
       <c r="Q121" s="4"/>
       <c r="R121" s="4" t="inlineStr">
         <is>
           <t>kssh115@i.ua</t>
         </is>
       </c>
       <c r="S121" s="4" t="inlineStr">
         <is>
           <t>https://iklas115.pp.ua/</t>
         </is>
       </c>
       <c r="T121" s="4" t="inlineStr">
         <is>
-          <t>Директор Плотніков Сергій Володимирович</t>
+          <t>Директор Шкрябко Євгеній Миколайович</t>
         </is>
       </c>
       <c r="U121" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V121" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W121" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X121" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y121" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
@@ -13929,83 +13929,83 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G122" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H122" s="6" t="inlineStr">
         <is>
           <t>1211037000</t>
         </is>
       </c>
       <c r="I122" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J122" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K122" s="4" t="inlineStr">
         <is>
-          <t>мікрорайон Сонячний, 48-А</t>
+          <t>мікрорайон Сонячний, 48А</t>
         </is>
       </c>
       <c r="L122" s="6" t="inlineStr">
         <is>
           <t>UA12060170010585703</t>
         </is>
       </c>
       <c r="M122" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N122" s="7"/>
       <c r="O122" s="4" t="inlineStr">
         <is>
           <t>Управління освіти виконкому Саксаганської районної у місті ради</t>
         </is>
       </c>
       <c r="P122" s="4" t="inlineStr">
         <is>
-          <t>(097)5553284</t>
+          <t>(096)2113658</t>
         </is>
       </c>
       <c r="Q122" s="4"/>
       <c r="R122" s="4" t="inlineStr">
         <is>
           <t>sch119@ukr.net</t>
         </is>
       </c>
       <c r="S122" s="4" t="inlineStr">
         <is>
-          <t>http://school_119.dnepredu.com/</t>
+          <t>http://www.kl119.com/</t>
         </is>
       </c>
       <c r="T122" s="4" t="inlineStr">
         <is>
           <t>Директор Добровольська Ольга Вячеславівна</t>
         </is>
       </c>
       <c r="U122" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V122" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W122" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X122" s="6" t="inlineStr">
         <is>
           <t>ні</t>