--- v1 (2025-12-22)
+++ v2 (2026-03-15)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$145</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$146</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y145"/>
+  <dimension ref="A1:Y146"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -2887,51 +2887,51 @@
       </c>
       <c r="M24" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N24" s="7"/>
       <c r="O24" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Довгинцівської районної в місті ради</t>
         </is>
       </c>
       <c r="P24" s="4" t="inlineStr">
         <is>
           <t>(0564)701032, (0564)701033</t>
         </is>
       </c>
       <c r="Q24" s="4"/>
       <c r="R24" s="4" t="inlineStr">
         <is>
           <t>kzs108@i.ua</t>
         </is>
       </c>
       <c r="S24" s="4" t="inlineStr">
         <is>
-          <t>http://kzs108.dnepredu.com/uk/</t>
+          <t>https://kzs108.dp.ua/</t>
         </is>
       </c>
       <c r="T24" s="4" t="inlineStr">
         <is>
           <t>В.о. директора Стешина Людмила Олександрівна</t>
         </is>
       </c>
       <c r="U24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -3847,51 +3847,51 @@
       <c r="A33" s="4" t="inlineStr">
         <is>
           <t>Криворізька гімназія №12 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B33" s="5" t="n">
         <v>141592</v>
       </c>
       <c r="C33" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>КГ №12 КМР</t>
         </is>
       </c>
       <c r="E33" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G33" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H33" s="6" t="inlineStr">
         <is>
           <t>1211037500</t>
         </is>
       </c>
       <c r="I33" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J33" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K33" s="4" t="inlineStr">
         <is>
           <t>вулиця Алмазна, 3</t>
@@ -6019,51 +6019,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G52" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H52" s="6" t="inlineStr">
         <is>
           <t>1211037200</t>
         </is>
       </c>
       <c r="I52" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J52" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K52" s="4" t="inlineStr">
         <is>
-          <t>вулиця Чарівна (Косигіна), 22-А</t>
+          <t>вулиця Чарівна (Косигіна), 22-В</t>
         </is>
       </c>
       <c r="L52" s="6" t="inlineStr">
         <is>
           <t>UA12060170010643671</t>
         </is>
       </c>
       <c r="M52" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N52" s="7"/>
       <c r="O52" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Тернівської районної у місті ради</t>
         </is>
       </c>
       <c r="P52" s="4" t="inlineStr">
         <is>
           <t>(0564)948415</t>
         </is>
       </c>
       <c r="Q52" s="4"/>
       <c r="R52" s="4" t="inlineStr">
@@ -9474,7160 +9474,7273 @@
       <c r="U82" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V82" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W82" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X82" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y82" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="4" t="inlineStr">
         <is>
-          <t>Криворізька гімназія №64 Криворізької міської ради</t>
+          <t>Криворізька гімназія №65 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B83" s="5" t="n">
-        <v>140092</v>
+        <v>135431</v>
       </c>
       <c r="C83" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
-          <t>КГ №64 КМР</t>
+          <t>КГ №65 КМР</t>
         </is>
       </c>
       <c r="E83" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G83" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H83" s="6" t="inlineStr">
         <is>
-          <t>1211037500</t>
+          <t>1211036400</t>
         </is>
       </c>
       <c r="I83" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J83" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K83" s="4" t="inlineStr">
         <is>
-          <t>вулиця Українських розвідників, 1</t>
+          <t>вулиця Степана Тільги, 63</t>
         </is>
       </c>
       <c r="L83" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010720279</t>
+          <t>UA12060170010145934</t>
         </is>
       </c>
       <c r="M83" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N83" s="7"/>
       <c r="O83" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Центрально-Міської районної у місті ради</t>
+          <t>Відділ освіти виконкому Довгинцівської районної в місті ради</t>
         </is>
       </c>
       <c r="P83" s="4" t="inlineStr">
         <is>
-          <t>(097)2686509</t>
+          <t>(056)4701009</t>
         </is>
       </c>
       <c r="Q83" s="4"/>
       <c r="R83" s="4" t="inlineStr">
         <is>
-          <t>kzsh64@ukr.net</t>
+          <t>kzsh65@ukr.net</t>
         </is>
       </c>
       <c r="S83" s="4" t="inlineStr">
         <is>
-          <t>http://kzsh64.dnepredu.com/</t>
+          <t>http://kzsh65.pp.ua</t>
         </is>
       </c>
       <c r="T83" s="4" t="inlineStr">
         <is>
-          <t>Директор Грибок Тетяна Валентинівна</t>
+          <t>Директор Субота Володимир Миколайович</t>
         </is>
       </c>
       <c r="U83" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V83" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W83" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X83" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y83" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="4" t="inlineStr">
         <is>
-          <t>Криворізька гімназія №65 Криворізької міської ради</t>
+          <t>Криворізька гімназія №66 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B84" s="5" t="n">
-        <v>135431</v>
+        <v>138137</v>
       </c>
       <c r="C84" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
-          <t>КГ №65 КМР</t>
+          <t>КГ №66 КМР</t>
         </is>
       </c>
       <c r="E84" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G84" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H84" s="6" t="inlineStr">
         <is>
-          <t>1211036400</t>
+          <t>1211036300</t>
         </is>
       </c>
       <c r="I84" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J84" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K84" s="4" t="inlineStr">
         <is>
-          <t>вулиця Степана Тільги, 63</t>
+          <t>вулиця Вокзальна, 6</t>
         </is>
       </c>
       <c r="L84" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010145934</t>
+          <t>UA12060170010378670</t>
         </is>
       </c>
       <c r="M84" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N84" s="7"/>
       <c r="O84" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Довгинцівської районної в місті ради</t>
+          <t>Відділ освіти виконавчого комітету Металургійної районної у місті ради</t>
         </is>
       </c>
       <c r="P84" s="4" t="inlineStr">
         <is>
-          <t>(056)4701009</t>
+          <t>(0564)11-01-78</t>
         </is>
       </c>
       <c r="Q84" s="4"/>
       <c r="R84" s="4" t="inlineStr">
         <is>
-          <t>kzsh65@ukr.net</t>
+          <t>dzschool066@ukr.net</t>
         </is>
       </c>
       <c r="S84" s="4" t="inlineStr">
         <is>
-          <t>http://kzsh65.pp.ua</t>
+          <t>http://66kr.pp.ua</t>
         </is>
       </c>
       <c r="T84" s="4" t="inlineStr">
         <is>
-          <t>Директор Субота Володимир Миколайович</t>
+          <t>В.о. директора Тітенко Юрій Миколайович</t>
         </is>
       </c>
       <c r="U84" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V84" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W84" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X84" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y84" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="4" t="inlineStr">
         <is>
-          <t>Криворізька гімназія №66 Криворізької міської ради</t>
+          <t>Криворізька гімназія №68 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B85" s="5" t="n">
-        <v>138137</v>
+        <v>135783</v>
       </c>
       <c r="C85" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
-          <t>КГ №66 КМР</t>
+          <t>КГ №68 КМР</t>
         </is>
       </c>
       <c r="E85" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G85" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H85" s="6" t="inlineStr">
         <is>
-          <t>1211036300</t>
+          <t>1211037000</t>
         </is>
       </c>
       <c r="I85" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J85" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K85" s="4" t="inlineStr">
         <is>
-          <t>вулиця Вокзальна, 6</t>
+          <t>мікрорайон Гірницький, 3</t>
         </is>
       </c>
       <c r="L85" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010378670</t>
+          <t>UA12060170010585703</t>
         </is>
       </c>
       <c r="M85" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N85" s="7"/>
       <c r="O85" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Металургійної районної у місті ради</t>
+          <t>Управління освіти виконкому Саксаганської районної у місті ради</t>
         </is>
       </c>
       <c r="P85" s="4" t="inlineStr">
         <is>
-          <t>(0564)11-01-78</t>
+          <t>(097)6996075</t>
         </is>
       </c>
       <c r="Q85" s="4"/>
       <c r="R85" s="4" t="inlineStr">
         <is>
-          <t>dzschool066@ukr.net</t>
+          <t>euroschool68@ukr.net</t>
         </is>
       </c>
       <c r="S85" s="4" t="inlineStr">
         <is>
-          <t>http://66kr.pp.ua</t>
+          <t>http://school68.com.ua</t>
         </is>
       </c>
       <c r="T85" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Тітенко Юрій Миколайович</t>
+          <t>В.о. директора Сіманько Олексій Олександрович</t>
         </is>
       </c>
       <c r="U85" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V85" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W85" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X85" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y85" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="4" t="inlineStr">
         <is>
-          <t>Криворізька гімназія №68 Криворізької міської ради</t>
+          <t>Криворізька гімназія №69 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B86" s="5" t="n">
-        <v>135783</v>
+        <v>135720</v>
       </c>
       <c r="C86" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
-          <t>КГ №68 КМР</t>
+          <t>КГ №69 КМР</t>
         </is>
       </c>
       <c r="E86" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G86" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H86" s="6" t="inlineStr">
         <is>
-          <t>1211037000</t>
+          <t>1211036300</t>
         </is>
       </c>
       <c r="I86" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J86" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K86" s="4" t="inlineStr">
         <is>
-          <t>мікрорайон Гірницький, 3</t>
+          <t>вулиця Хамзата Гелаєва, 4</t>
         </is>
       </c>
       <c r="L86" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010585703</t>
+          <t>UA12060170010378670</t>
         </is>
       </c>
       <c r="M86" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N86" s="7"/>
       <c r="O86" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти виконкому Саксаганської районної у місті ради</t>
+          <t>Відділ освіти виконавчого комітету Металургійної районної у місті ради</t>
         </is>
       </c>
       <c r="P86" s="4" t="inlineStr">
         <is>
-          <t>(097)6996075</t>
+          <t>(097)554-08-37</t>
         </is>
       </c>
       <c r="Q86" s="4"/>
       <c r="R86" s="4" t="inlineStr">
         <is>
-          <t>euroschool68@ukr.net</t>
+          <t>school_69@ukr.net</t>
         </is>
       </c>
       <c r="S86" s="4" t="inlineStr">
         <is>
-          <t>http://school68.com.ua</t>
+          <t>https://sites.google.com/view/kzschool69</t>
         </is>
       </c>
       <c r="T86" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Сіманько Олексій Олександрович</t>
+          <t>В.о. директора Бережна Людмила Валентинівна</t>
         </is>
       </c>
       <c r="U86" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V86" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W86" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X86" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y86" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="4" t="inlineStr">
         <is>
-          <t>Криворізька гімназія №69 Криворізької міської ради</t>
+          <t>Криворізька гімназія №70 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B87" s="5" t="n">
-        <v>135720</v>
+        <v>135272</v>
       </c>
       <c r="C87" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
-          <t>КГ №69 КМР</t>
+          <t>КГ №70 КМР</t>
         </is>
       </c>
       <c r="E87" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G87" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H87" s="6" t="inlineStr">
         <is>
-          <t>1211036300</t>
+          <t>1211037000</t>
         </is>
       </c>
       <c r="I87" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J87" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K87" s="4" t="inlineStr">
         <is>
-          <t>вулиця Хамзата Гелаєва, 4</t>
+          <t>вулиця Ярослава Мудрого, 79</t>
         </is>
       </c>
       <c r="L87" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010378670</t>
+          <t>UA12060170010585703</t>
         </is>
       </c>
       <c r="M87" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N87" s="7"/>
       <c r="O87" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Металургійної районної у місті ради</t>
+          <t>Управління освіти виконкому Саксаганської районної у місті ради</t>
         </is>
       </c>
       <c r="P87" s="4" t="inlineStr">
         <is>
-          <t>(097)554-08-37</t>
+          <t>(097)6992708</t>
         </is>
       </c>
       <c r="Q87" s="4"/>
       <c r="R87" s="4" t="inlineStr">
         <is>
-          <t>school_69@ukr.net</t>
+          <t>school70inkr@ukr.net</t>
         </is>
       </c>
       <c r="S87" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/kzschool69</t>
+          <t>http://school70inkr.dnepredu.com/</t>
         </is>
       </c>
       <c r="T87" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Бережна Людмила Валентинівна</t>
+          <t>В.о. директора Яременко Олена Іванівна</t>
         </is>
       </c>
       <c r="U87" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V87" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W87" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X87" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y87" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="4" t="inlineStr">
         <is>
-          <t>Криворізька гімназія №70 Криворізької міської ради</t>
+          <t>Криворізька гімназія №72 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B88" s="5" t="n">
-        <v>135272</v>
+        <v>141541</v>
       </c>
       <c r="C88" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
-          <t>КГ №70 КМР</t>
+          <t>КГ №72 КМР</t>
         </is>
       </c>
       <c r="E88" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G88" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H88" s="6" t="inlineStr">
         <is>
           <t>1211037000</t>
         </is>
       </c>
       <c r="I88" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J88" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K88" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ярослава Мудрого, 79</t>
+          <t>вулиця Катеринівська, 8а</t>
         </is>
       </c>
       <c r="L88" s="6" t="inlineStr">
         <is>
           <t>UA12060170010585703</t>
         </is>
       </c>
       <c r="M88" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N88" s="7"/>
       <c r="O88" s="4" t="inlineStr">
         <is>
           <t>Управління освіти виконкому Саксаганської районної у місті ради</t>
         </is>
       </c>
       <c r="P88" s="4" t="inlineStr">
         <is>
-          <t>(097)6992708</t>
+          <t>(097)5553502</t>
         </is>
       </c>
       <c r="Q88" s="4"/>
       <c r="R88" s="4" t="inlineStr">
         <is>
-          <t>school70inkr@ukr.net</t>
+          <t>kscola72@gmail.com</t>
         </is>
       </c>
       <c r="S88" s="4" t="inlineStr">
         <is>
-          <t>http://school70inkr.dnepredu.com/</t>
+          <t>http://kschool72.klasna.com</t>
         </is>
       </c>
       <c r="T88" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Яременко Олена Іванівна</t>
+          <t>Директор Ничипорук Вікторія Володимирівна</t>
         </is>
       </c>
       <c r="U88" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V88" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W88" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X88" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y88" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="4" t="inlineStr">
         <is>
-          <t>Криворізька гімназія №72 Криворізької міської ради</t>
+          <t>Криворізька гімназія №73 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B89" s="5" t="n">
-        <v>141541</v>
+        <v>137630</v>
       </c>
       <c r="C89" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
-          <t>КГ №72 КМР</t>
+          <t>Криворізька гімназія №73</t>
         </is>
       </c>
       <c r="E89" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G89" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H89" s="6" t="inlineStr">
         <is>
-          <t>1211037000</t>
+          <t>1211036900</t>
         </is>
       </c>
       <c r="I89" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J89" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K89" s="4" t="inlineStr">
         <is>
-          <t>вулиця Катеринівська, 8а</t>
+          <t>вулиця Української добровольчої армії, 7</t>
         </is>
       </c>
       <c r="L89" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010585703</t>
+          <t>UA12060170010270453</t>
         </is>
       </c>
       <c r="M89" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N89" s="7"/>
       <c r="O89" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти виконкому Саксаганської районної у місті ради</t>
+          <t>Відділ освіти виконкому Інгулецької районної у місті ради</t>
         </is>
       </c>
       <c r="P89" s="4" t="inlineStr">
         <is>
-          <t>(097)5553502</t>
+          <t>(0685)257940</t>
         </is>
       </c>
       <c r="Q89" s="4"/>
       <c r="R89" s="4" t="inlineStr">
         <is>
-          <t>kscola72@gmail.com</t>
+          <t>kr.school73@gmail.com</t>
         </is>
       </c>
       <c r="S89" s="4" t="inlineStr">
         <is>
-          <t>http://kschool72.klasna.com</t>
+          <t>https://sites.google.com/view/kg73</t>
         </is>
       </c>
       <c r="T89" s="4" t="inlineStr">
         <is>
-          <t>Директор Ничипорук Вікторія Володимирівна</t>
+          <t>Директор Кондратьєва Людмила Миколаївна</t>
         </is>
       </c>
       <c r="U89" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V89" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W89" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X89" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y89" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="4" t="inlineStr">
         <is>
-          <t>Криворізька гімназія №73 Криворізької міської ради</t>
+          <t>Криворізька гімназія №74 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B90" s="5" t="n">
-        <v>137630</v>
+        <v>135468</v>
       </c>
       <c r="C90" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
-          <t>Криворізька гімназія №73</t>
+          <t>КГ №74 КМР</t>
         </is>
       </c>
       <c r="E90" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G90" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H90" s="6" t="inlineStr">
         <is>
-          <t>1211036900</t>
+          <t>1211037000</t>
         </is>
       </c>
       <c r="I90" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J90" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K90" s="4" t="inlineStr">
         <is>
-          <t>вулиця Української добровольчої армії, 7</t>
+          <t>мікрорайон Ювілейний, 1а</t>
         </is>
       </c>
       <c r="L90" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010270453</t>
+          <t>UA12060170010585703</t>
         </is>
       </c>
       <c r="M90" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N90" s="7"/>
       <c r="O90" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Інгулецької районної у місті ради</t>
+          <t>Управління освіти виконкому Саксаганської районної у місті ради</t>
         </is>
       </c>
       <c r="P90" s="4" t="inlineStr">
         <is>
-          <t>(0685)257940</t>
+          <t>(097)6679622</t>
         </is>
       </c>
       <c r="Q90" s="4"/>
       <c r="R90" s="4" t="inlineStr">
         <is>
-          <t>kr.school73@gmail.com</t>
+          <t>school-74@i.ua</t>
         </is>
       </c>
       <c r="S90" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/kg73</t>
+          <t>http://school-74.ucoz.net/</t>
         </is>
       </c>
       <c r="T90" s="4" t="inlineStr">
         <is>
-          <t>Директор Кондратьєва Людмила Миколаївна</t>
+          <t>В.о. директора Мішака Наталія Анатоліївна</t>
         </is>
       </c>
       <c r="U90" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V90" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W90" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X90" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y90" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="4" t="inlineStr">
         <is>
-          <t>Криворізька гімназія №74 Криворізької міської ради</t>
+          <t>Криворізька гімназія №75 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B91" s="5" t="n">
-        <v>135468</v>
+        <v>142523</v>
       </c>
       <c r="C91" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
-          <t>КГ №74 КМР</t>
+          <t>КГ №75 КМР</t>
         </is>
       </c>
       <c r="E91" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G91" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H91" s="6" t="inlineStr">
         <is>
-          <t>1211037000</t>
+          <t>1211036300</t>
         </is>
       </c>
       <c r="I91" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J91" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K91" s="4" t="inlineStr">
         <is>
-          <t>мікрорайон Ювілейний, 1а</t>
+          <t>вулиця Героїв АТО, 52</t>
         </is>
       </c>
       <c r="L91" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010585703</t>
+          <t>UA12060170010378670</t>
         </is>
       </c>
       <c r="M91" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N91" s="7"/>
       <c r="O91" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти виконкому Саксаганської районної у місті ради</t>
+          <t>Відділ освіти виконавчого комітету Металургійної районної у місті ради</t>
         </is>
       </c>
       <c r="P91" s="4" t="inlineStr">
         <is>
-          <t>(097)6679622</t>
+          <t>(056)443-05-42</t>
         </is>
       </c>
       <c r="Q91" s="4"/>
       <c r="R91" s="4" t="inlineStr">
         <is>
-          <t>school-74@i.ua</t>
+          <t>school75kr-rog@ukr.net</t>
         </is>
       </c>
       <c r="S91" s="4" t="inlineStr">
         <is>
-          <t>http://school-74.ucoz.net/</t>
+          <t>https://sites.google.com/site/school75krrog/</t>
         </is>
       </c>
       <c r="T91" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Мішака Наталія Анатоліївна</t>
+          <t>В.о. директора Маханькова Олена Анатоліївна</t>
         </is>
       </c>
       <c r="U91" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V91" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W91" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X91" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y91" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="4" t="inlineStr">
         <is>
-          <t>Криворізька гімназія №75 Криворізької міської ради</t>
+          <t>Криворізька гімназія №76 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B92" s="5" t="n">
-        <v>142523</v>
+        <v>137124</v>
       </c>
       <c r="C92" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
-          <t>КГ №75 КМР</t>
+          <t>КГ №76 КМР</t>
         </is>
       </c>
       <c r="E92" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G92" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H92" s="6" t="inlineStr">
         <is>
-          <t>1211036300</t>
+          <t>1211037200</t>
         </is>
       </c>
       <c r="I92" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J92" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K92" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв АТО, 52</t>
+          <t>вулиця Люблінська, 21</t>
         </is>
       </c>
       <c r="L92" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010378670</t>
+          <t>UA12060170010643671</t>
         </is>
       </c>
       <c r="M92" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N92" s="7"/>
       <c r="O92" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Металургійної районної у місті ради</t>
+          <t>Відділ освіти виконкому Тернівської районної у місті ради</t>
         </is>
       </c>
       <c r="P92" s="4" t="inlineStr">
         <is>
-          <t>(056)443-05-42</t>
+          <t>(0564)948419</t>
         </is>
       </c>
       <c r="Q92" s="4"/>
       <c r="R92" s="4" t="inlineStr">
         <is>
-          <t>school75kr-rog@ukr.net</t>
+          <t>76school@ukr.net</t>
         </is>
       </c>
       <c r="S92" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/site/school75krrog/</t>
+          <t>https://sites.google.com/site/krivoyrogkzsh76</t>
         </is>
       </c>
       <c r="T92" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Маханькова Олена Анатоліївна</t>
+          <t>В.о. директора Обдимко Анжела Валеріївна</t>
         </is>
       </c>
       <c r="U92" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V92" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W92" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X92" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y92" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="4" t="inlineStr">
         <is>
-          <t>Криворізька гімназія №76 Криворізької міської ради</t>
+          <t>Криворізька гімназія №78 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B93" s="5" t="n">
-        <v>137124</v>
+        <v>137123</v>
       </c>
       <c r="C93" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
-          <t>КГ №76 КМР</t>
+          <t>КГ №78 КМР</t>
         </is>
       </c>
       <c r="E93" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G93" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H93" s="6" t="inlineStr">
         <is>
           <t>1211037200</t>
         </is>
       </c>
       <c r="I93" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J93" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K93" s="4" t="inlineStr">
         <is>
-          <t>вулиця Люблінська, 21</t>
+          <t>вулиця Володимира Терещенка, 10Г</t>
         </is>
       </c>
       <c r="L93" s="6" t="inlineStr">
         <is>
           <t>UA12060170010643671</t>
         </is>
       </c>
       <c r="M93" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N93" s="7"/>
       <c r="O93" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Тернівської районної у місті ради</t>
         </is>
       </c>
       <c r="P93" s="4" t="inlineStr">
         <is>
-          <t>(0564)948419</t>
+          <t>(0564)948417</t>
         </is>
       </c>
       <c r="Q93" s="4"/>
       <c r="R93" s="4" t="inlineStr">
         <is>
-          <t>76school@ukr.net</t>
+          <t>kzsh78@ukr.net</t>
         </is>
       </c>
       <c r="S93" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/site/krivoyrogkzsh76</t>
+          <t>https://sites.google.com/site/kzosh78/</t>
         </is>
       </c>
       <c r="T93" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Обдимко Анжела Валеріївна</t>
+          <t>В.о. директора Дьоміна Олена Іванівна</t>
         </is>
       </c>
       <c r="U93" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V93" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W93" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X93" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y93" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="4" t="inlineStr">
         <is>
-          <t>Криворізька гімназія №78 Криворізької міської ради</t>
+          <t>Криворізька гімназія №79 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B94" s="5" t="n">
-        <v>137123</v>
+        <v>137296</v>
       </c>
       <c r="C94" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
-          <t>КГ №78 КМР</t>
+          <t>КГ №79 КМР</t>
         </is>
       </c>
       <c r="E94" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G94" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H94" s="6" t="inlineStr">
         <is>
-          <t>1211037200</t>
+          <t>1211037500</t>
         </is>
       </c>
       <c r="I94" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J94" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K94" s="4" t="inlineStr">
         <is>
-          <t>вулиця Володимира Терещенка, 10Г</t>
+          <t>вулиця Політехнічна, 77</t>
         </is>
       </c>
       <c r="L94" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010643671</t>
+          <t>UA12060170010720279</t>
         </is>
       </c>
       <c r="M94" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N94" s="7"/>
       <c r="O94" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Тернівської районної у місті ради</t>
+          <t>Відділ освіти виконкому Центрально-Міської районної у місті ради</t>
         </is>
       </c>
       <c r="P94" s="4" t="inlineStr">
         <is>
-          <t>(0564)948417</t>
+          <t>(068)2768655</t>
         </is>
       </c>
       <c r="Q94" s="4"/>
       <c r="R94" s="4" t="inlineStr">
         <is>
-          <t>kzsh78@ukr.net</t>
+          <t>shkola792016@ukr.net</t>
         </is>
       </c>
       <c r="S94" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/site/kzosh78/</t>
+          <t>https://sites.google.com/shkola79.ukr.education/home/</t>
         </is>
       </c>
       <c r="T94" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Дьоміна Олена Іванівна</t>
+          <t>В.о. директора Сивогракова Світлана Анатоліївна</t>
         </is>
       </c>
       <c r="U94" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V94" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W94" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X94" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y94" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="4" t="inlineStr">
         <is>
-          <t>Криворізька гімназія №79 Криворізької міської ради</t>
+          <t>Криворізька гімназія №8 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B95" s="5" t="n">
-        <v>137296</v>
+        <v>137479</v>
       </c>
       <c r="C95" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
-          <t>КГ №79 КМР</t>
+          <t>КГ №8 КМР</t>
         </is>
       </c>
       <c r="E95" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G95" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H95" s="6" t="inlineStr">
         <is>
           <t>1211037500</t>
         </is>
       </c>
       <c r="I95" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J95" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K95" s="4" t="inlineStr">
         <is>
-          <t>вулиця Політехнічна, 77</t>
+          <t>вулиця Великого Кобзаря, 16А</t>
         </is>
       </c>
       <c r="L95" s="6" t="inlineStr">
         <is>
           <t>UA12060170010720279</t>
         </is>
       </c>
       <c r="M95" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N95" s="7"/>
       <c r="O95" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Центрально-Міської районної у місті ради</t>
         </is>
       </c>
       <c r="P95" s="4" t="inlineStr">
         <is>
-          <t>(068)2768655</t>
+          <t>(097)9775927</t>
         </is>
       </c>
       <c r="Q95" s="4"/>
       <c r="R95" s="4" t="inlineStr">
         <is>
-          <t>shkola792016@ukr.net</t>
+          <t>kosh8kr@ukr.net</t>
         </is>
       </c>
       <c r="S95" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/shkola79.ukr.education/home/</t>
+          <t>http://kzosh8.kr.ua</t>
         </is>
       </c>
       <c r="T95" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Сивогракова Світлана Анатоліївна</t>
+          <t>В.о. директора Проскурова Ірина Петрівна</t>
         </is>
       </c>
       <c r="U95" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V95" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W95" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X95" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y95" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="4" t="inlineStr">
         <is>
-          <t>Криворізька гімназія №8 Криворізької міської ради</t>
+          <t>Криворізька гімназія №82 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B96" s="5" t="n">
-        <v>137479</v>
+        <v>142244</v>
       </c>
       <c r="C96" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
-          <t>КГ №8 КМР</t>
+          <t>Криворізька гімназія №82</t>
         </is>
       </c>
       <c r="E96" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G96" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H96" s="6" t="inlineStr">
         <is>
-          <t>1211037500</t>
+          <t>1211036900</t>
         </is>
       </c>
       <c r="I96" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J96" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K96" s="4" t="inlineStr">
         <is>
-          <t>вулиця Великого Кобзаря, 16А</t>
+          <t>вулиця 60-ї піхотної бригади, 20</t>
         </is>
       </c>
       <c r="L96" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010720279</t>
+          <t>UA12060170010270453</t>
         </is>
       </c>
       <c r="M96" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N96" s="7"/>
       <c r="O96" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Центрально-Міської районної у місті ради</t>
+          <t>Відділ освіти виконкому Інгулецької районної у місті ради</t>
         </is>
       </c>
       <c r="P96" s="4" t="inlineStr">
         <is>
-          <t>(097)9775927</t>
+          <t>(0975)538476</t>
         </is>
       </c>
       <c r="Q96" s="4"/>
       <c r="R96" s="4" t="inlineStr">
         <is>
-          <t>kosh8kr@ukr.net</t>
+          <t>school82Kr_rig@ukr.net</t>
         </is>
       </c>
       <c r="S96" s="4" t="inlineStr">
         <is>
-          <t>http://kzosh8.kr.ua</t>
+          <t>http://82.gymnasium.kr.ua/</t>
         </is>
       </c>
       <c r="T96" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Проскурова Ірина Петрівна</t>
+          <t>Директор Рибенок Анастасія Володимирівна</t>
         </is>
       </c>
       <c r="U96" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V96" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W96" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X96" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y96" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="4" t="inlineStr">
         <is>
-          <t>Криворізька гімназія №82 Криворізької міської ради</t>
+          <t>Криворізька гімназія №83 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B97" s="5" t="n">
-        <v>142244</v>
+        <v>136242</v>
       </c>
       <c r="C97" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
-          <t>Криворізька гімназія №82</t>
+          <t>КГ №83</t>
         </is>
       </c>
       <c r="E97" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G97" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H97" s="6" t="inlineStr">
         <is>
-          <t>1211036900</t>
+          <t>1211037200</t>
         </is>
       </c>
       <c r="I97" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J97" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K97" s="4" t="inlineStr">
         <is>
-          <t>вулиця 60-ї піхотної бригади, 20</t>
+          <t>вулиця Широка, 15</t>
         </is>
       </c>
       <c r="L97" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010270453</t>
+          <t>UA12060170010643671</t>
         </is>
       </c>
       <c r="M97" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N97" s="7"/>
       <c r="O97" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Інгулецької районної у місті ради</t>
+          <t>Відділ освіти виконкому Тернівської районної у місті ради</t>
         </is>
       </c>
       <c r="P97" s="4" t="inlineStr">
         <is>
-          <t>(0975)538476</t>
+          <t>(097)4307381</t>
         </is>
       </c>
       <c r="Q97" s="4"/>
       <c r="R97" s="4" t="inlineStr">
         <is>
-          <t>school82Kr_rig@ukr.net</t>
+          <t>novoivanovkaschool83@ukr.net</t>
         </is>
       </c>
       <c r="S97" s="4" t="inlineStr">
         <is>
-          <t>http://82.gymnasium.kr.ua/</t>
+          <t>https://novoivanovkaschool.wixsite.com/mysite</t>
         </is>
       </c>
       <c r="T97" s="4" t="inlineStr">
         <is>
-          <t>Директор Рибенок Анастасія Володимирівна</t>
+          <t>В.о. директора Палшкова Наталія Михайлівна</t>
         </is>
       </c>
       <c r="U97" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V97" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W97" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X97" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y97" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="4" t="inlineStr">
         <is>
-          <t>Криворізька гімназія №83 Криворізької міської ради</t>
+          <t>Криворізька гімназія №84 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B98" s="5" t="n">
-        <v>136242</v>
+        <v>137903</v>
       </c>
       <c r="C98" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
-          <t>КГ №83</t>
+          <t>КГ №84 КМР</t>
         </is>
       </c>
       <c r="E98" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G98" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H98" s="6" t="inlineStr">
         <is>
-          <t>1211037200</t>
+          <t>1211036400</t>
         </is>
       </c>
       <c r="I98" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J98" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K98" s="4" t="inlineStr">
         <is>
-          <t>вулиця Широка, 15</t>
+          <t>вулиця Вартових Неба, 57</t>
         </is>
       </c>
       <c r="L98" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010643671</t>
+          <t>UA12060170010145934</t>
         </is>
       </c>
       <c r="M98" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N98" s="7"/>
       <c r="O98" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Тернівської районної у місті ради</t>
+          <t>Відділ освіти виконкому Довгинцівської районної в місті ради</t>
         </is>
       </c>
       <c r="P98" s="4" t="inlineStr">
         <is>
-          <t>(097)4307381</t>
+          <t>(056)470-10-16</t>
         </is>
       </c>
       <c r="Q98" s="4"/>
       <c r="R98" s="4" t="inlineStr">
         <is>
-          <t>novoivanovkaschool83@ukr.net</t>
+          <t>tamarababich@ukr.net</t>
         </is>
       </c>
       <c r="S98" s="4" t="inlineStr">
         <is>
-          <t>https://novoivanovkaschool.wixsite.com/mysite</t>
+          <t>http://kzsh84.dnepredu.com</t>
         </is>
       </c>
       <c r="T98" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Палшкова Наталія Михайлівна</t>
+          <t>В.о. директора Бабіч Тамара Григорівна</t>
         </is>
       </c>
       <c r="U98" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V98" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W98" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X98" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y98" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="4" t="inlineStr">
         <is>
-          <t>Криворізька гімназія №84 Криворізької міської ради</t>
+          <t>Криворізька гімназія №85 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B99" s="5" t="n">
-        <v>137903</v>
+        <v>140227</v>
       </c>
       <c r="C99" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
-          <t>КГ №84 КМР</t>
+          <t>КГ №85 КМР</t>
         </is>
       </c>
       <c r="E99" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G99" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H99" s="6" t="inlineStr">
         <is>
-          <t>1211036400</t>
+          <t>1211037500</t>
         </is>
       </c>
       <c r="I99" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J99" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K99" s="4" t="inlineStr">
         <is>
-          <t>вулиця Вартових Неба, 57</t>
+          <t>мікрорайон Всебратське-2, 65 "б"</t>
         </is>
       </c>
       <c r="L99" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010145934</t>
+          <t>UA12060170010720279</t>
         </is>
       </c>
       <c r="M99" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N99" s="7"/>
       <c r="O99" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Довгинцівської районної в місті ради</t>
+          <t>Відділ освіти виконкому Центрально-Міської районної у місті ради</t>
         </is>
       </c>
       <c r="P99" s="4" t="inlineStr">
         <is>
-          <t>(056)470-10-16</t>
+          <t>(097)4962382</t>
         </is>
       </c>
       <c r="Q99" s="4"/>
       <c r="R99" s="4" t="inlineStr">
         <is>
-          <t>tamarababich@ukr.net</t>
+          <t>shkola85@ukr.net</t>
         </is>
       </c>
       <c r="S99" s="4" t="inlineStr">
         <is>
-          <t>http://kzsh84.dnepredu.com</t>
+          <t>http://shkola85.wixsite.com/data/</t>
         </is>
       </c>
       <c r="T99" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Бабіч Тамара Григорівна</t>
+          <t>В.о. директора Варовей Любов Сергіївна</t>
         </is>
       </c>
       <c r="U99" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V99" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W99" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X99" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y99" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="4" t="inlineStr">
         <is>
-          <t>Криворізька гімназія №85 Криворізької міської ради</t>
+          <t>Криворізька гімназія №86 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B100" s="5" t="n">
-        <v>140227</v>
+        <v>140285</v>
       </c>
       <c r="C100" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
-          <t>КГ №85 КМР</t>
+          <t>КГ №86 КМР</t>
         </is>
       </c>
       <c r="E100" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G100" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H100" s="6" t="inlineStr">
         <is>
-          <t>1211037500</t>
+          <t>1211036600</t>
         </is>
       </c>
       <c r="I100" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J100" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K100" s="4" t="inlineStr">
         <is>
-          <t>мікрорайон Всебратське-2, 65 "б"</t>
+          <t>вулиця Едуарда Фукса, 11-А</t>
         </is>
       </c>
       <c r="L100" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010720279</t>
+          <t>UA12060170010439451</t>
         </is>
       </c>
       <c r="M100" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N100" s="7"/>
       <c r="O100" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Центрально-Міської районної у місті ради</t>
+          <t>Відділ освіти виконкому Покровської районної в місті ради</t>
         </is>
       </c>
       <c r="P100" s="4" t="inlineStr">
         <is>
-          <t>(097)4962382</t>
+          <t>(097)5676045</t>
         </is>
       </c>
       <c r="Q100" s="4"/>
       <c r="R100" s="4" t="inlineStr">
         <is>
-          <t>shkola85@ukr.net</t>
+          <t>info@sch86.dp.ua</t>
         </is>
       </c>
       <c r="S100" s="4" t="inlineStr">
         <is>
-          <t>http://shkola85.wixsite.com/data/</t>
+          <t>http://kzsh86.wix.com/kzsh86</t>
         </is>
       </c>
       <c r="T100" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Варовей Любов Сергіївна</t>
+          <t>В.о. директора Католіченко Лілія Олександрівна</t>
         </is>
       </c>
       <c r="U100" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V100" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W100" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X100" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y100" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="4" t="inlineStr">
         <is>
-          <t>Криворізька гімназія №86 Криворізької міської ради</t>
+          <t>Криворізька гімназія №87 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B101" s="5" t="n">
-        <v>140285</v>
+        <v>137540</v>
       </c>
       <c r="C101" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
-          <t>КГ №86 КМР</t>
+          <t>КГ №87 КМР</t>
         </is>
       </c>
       <c r="E101" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G101" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H101" s="6" t="inlineStr">
         <is>
-          <t>1211036600</t>
+          <t>1211036400</t>
         </is>
       </c>
       <c r="I101" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J101" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K101" s="4" t="inlineStr">
         <is>
-          <t>вулиця Едуарда Фукса, 11-А</t>
+          <t>вулиця Павла Ліхмана, 5</t>
         </is>
       </c>
       <c r="L101" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010439451</t>
+          <t>UA12060170010145934</t>
         </is>
       </c>
       <c r="M101" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N101" s="7"/>
       <c r="O101" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Покровської районної в місті ради</t>
+          <t>Відділ освіти виконкому Довгинцівської районної в місті ради</t>
         </is>
       </c>
       <c r="P101" s="4" t="inlineStr">
         <is>
-          <t>(097)5676045</t>
+          <t>(056)4701021</t>
         </is>
       </c>
       <c r="Q101" s="4"/>
       <c r="R101" s="4" t="inlineStr">
         <is>
-          <t>info@sch86.dp.ua</t>
+          <t>krog_shkola87@ukr.net</t>
         </is>
       </c>
       <c r="S101" s="4" t="inlineStr">
         <is>
-          <t>http://kzsh86.wix.com/kzsh86</t>
+          <t>http://kzsh87.dnepredu.com</t>
         </is>
       </c>
       <c r="T101" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Католіченко Лілія Олександрівна</t>
+          <t>В.о. директора Бабенко Тетяна Леонтіївна</t>
         </is>
       </c>
       <c r="U101" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V101" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W101" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X101" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y101" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="4" t="inlineStr">
         <is>
-          <t>Криворізька гімназія №87 Криворізької міської ради</t>
+          <t>Криворізька гімназія №88 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B102" s="5" t="n">
-        <v>137540</v>
+        <v>140253</v>
       </c>
       <c r="C102" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
-          <t>КГ №87 КМР</t>
+          <t>КГ №88 КМР</t>
         </is>
       </c>
       <c r="E102" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G102" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H102" s="6" t="inlineStr">
         <is>
           <t>1211036400</t>
         </is>
       </c>
       <c r="I102" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J102" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K102" s="4" t="inlineStr">
         <is>
-          <t>вулиця Павла Ліхмана, 5</t>
+          <t>вулиця Колійна, 26</t>
         </is>
       </c>
       <c r="L102" s="6" t="inlineStr">
         <is>
           <t>UA12060170010145934</t>
         </is>
       </c>
       <c r="M102" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N102" s="7"/>
       <c r="O102" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Довгинцівської районної в місті ради</t>
         </is>
       </c>
       <c r="P102" s="4" t="inlineStr">
         <is>
-          <t>(056)4701021</t>
+          <t>(056)4701023, (056)4701024</t>
         </is>
       </c>
       <c r="Q102" s="4"/>
       <c r="R102" s="4" t="inlineStr">
         <is>
-          <t>krog_shkola87@ukr.net</t>
+          <t>school-88@ukr.net</t>
         </is>
       </c>
       <c r="S102" s="4" t="inlineStr">
         <is>
-          <t>http://kzsh87.dnepredu.com</t>
+          <t>http://kzsh88.dnepredu.com</t>
         </is>
       </c>
       <c r="T102" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Бабенко Тетяна Леонтіївна</t>
+          <t>В.о. директора Ярмак Ірина Анатоліївна</t>
         </is>
       </c>
       <c r="U102" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V102" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W102" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X102" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y102" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="4" t="inlineStr">
         <is>
-          <t>Криворізька гімназія №88 Криворізької міської ради</t>
+          <t>Криворізька гімназія №89 "Потенціал" Криворізької міської ради</t>
         </is>
       </c>
       <c r="B103" s="5" t="n">
-        <v>140253</v>
+        <v>138301</v>
       </c>
       <c r="C103" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
-          <t>КГ №88 КМР</t>
+          <t>КГ №89 "Потенціал" КМР</t>
         </is>
       </c>
       <c r="E103" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G103" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H103" s="6" t="inlineStr">
         <is>
           <t>1211036400</t>
         </is>
       </c>
       <c r="I103" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J103" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K103" s="4" t="inlineStr">
         <is>
-          <t>вулиця Колійна, 26</t>
+          <t>вулиця Мальовнича, 1-А</t>
         </is>
       </c>
       <c r="L103" s="6" t="inlineStr">
         <is>
           <t>UA12060170010145934</t>
         </is>
       </c>
       <c r="M103" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N103" s="7"/>
       <c r="O103" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Довгинцівської районної в місті ради</t>
         </is>
       </c>
       <c r="P103" s="4" t="inlineStr">
         <is>
-          <t>(056)4701023, (056)4701024</t>
+          <t>(056)4701025, (056)4701027</t>
         </is>
       </c>
       <c r="Q103" s="4"/>
       <c r="R103" s="4" t="inlineStr">
         <is>
-          <t>school-88@ukr.net</t>
+          <t>krschool89@ukr.net</t>
         </is>
       </c>
       <c r="S103" s="4" t="inlineStr">
         <is>
-          <t>http://kzsh88.dnepredu.com</t>
+          <t>http://kzsh89.dnepredu.com/index.php</t>
         </is>
       </c>
       <c r="T103" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Ярмак Ірина Анатоліївна</t>
+          <t>В.о. директора Балюк Валентина Іванівна</t>
         </is>
       </c>
       <c r="U103" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V103" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W103" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X103" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y103" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="4" t="inlineStr">
         <is>
-          <t>Криворізька гімназія №89 "Потенціал" Криворізької міської ради</t>
+          <t>Криворізька гімназія №9 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B104" s="5" t="n">
-        <v>138301</v>
+        <v>143372</v>
       </c>
       <c r="C104" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
-          <t>КГ №89 "Потенціал" КМР</t>
+          <t>КГ №9 КМР</t>
         </is>
       </c>
       <c r="E104" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G104" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H104" s="6" t="inlineStr">
         <is>
           <t>1211036400</t>
         </is>
       </c>
       <c r="I104" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J104" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K104" s="4" t="inlineStr">
         <is>
-          <t>вулиця Мальовнича, 1-А</t>
+          <t>шосе Дніпровське, 32</t>
         </is>
       </c>
       <c r="L104" s="6" t="inlineStr">
         <is>
           <t>UA12060170010145934</t>
         </is>
       </c>
       <c r="M104" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N104" s="7"/>
       <c r="O104" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Довгинцівської районної в місті ради</t>
         </is>
       </c>
       <c r="P104" s="4" t="inlineStr">
         <is>
-          <t>(056)4701025, (056)4701027</t>
+          <t>(056)4701005</t>
         </is>
       </c>
       <c r="Q104" s="4"/>
       <c r="R104" s="4" t="inlineStr">
         <is>
-          <t>krschool89@ukr.net</t>
+          <t>gymnasium.9.kr@gmail.com</t>
         </is>
       </c>
       <c r="S104" s="4" t="inlineStr">
         <is>
-          <t>http://kzsh89.dnepredu.com/index.php</t>
+          <t>http://kssh9kr.dnepredu.com/</t>
         </is>
       </c>
       <c r="T104" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Балюк Валентина Іванівна</t>
+          <t>В.о. директора Лозівець Інеса Вячеславівна</t>
         </is>
       </c>
       <c r="U104" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V104" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W104" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X104" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y104" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="4" t="inlineStr">
         <is>
-          <t>Криворізька гімназія №9 Криворізької міської ради</t>
+          <t>Криворізька гімназія №90 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B105" s="5" t="n">
-        <v>143372</v>
+        <v>136083</v>
       </c>
       <c r="C105" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
-          <t>КГ №9 КМР</t>
+          <t>КГ №90 КМР</t>
         </is>
       </c>
       <c r="E105" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G105" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H105" s="6" t="inlineStr">
         <is>
           <t>1211036400</t>
         </is>
       </c>
       <c r="I105" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J105" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K105" s="4" t="inlineStr">
         <is>
-          <t>шосе Дніпровське, 32</t>
+          <t>вулиця Романа Рибалка, 1А</t>
         </is>
       </c>
       <c r="L105" s="6" t="inlineStr">
         <is>
           <t>UA12060170010145934</t>
         </is>
       </c>
       <c r="M105" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N105" s="7"/>
       <c r="O105" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Довгинцівської районної в місті ради</t>
         </is>
       </c>
       <c r="P105" s="4" t="inlineStr">
         <is>
-          <t>(056)4701005</t>
+          <t>(0564)701028, (0564)701029</t>
         </is>
       </c>
       <c r="Q105" s="4"/>
       <c r="R105" s="4" t="inlineStr">
         <is>
-          <t>gymnasium.9.kr@gmail.com</t>
+          <t>school-90@ukr.net</t>
         </is>
       </c>
       <c r="S105" s="4" t="inlineStr">
         <is>
-          <t>http://kssh9kr.dnepredu.com/</t>
+          <t>http://kzsh90.dnepredu.com/</t>
         </is>
       </c>
       <c r="T105" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Лозівець Інеса Вячеславівна</t>
+          <t>Директор Довгий Ян Вікторович</t>
         </is>
       </c>
       <c r="U105" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V105" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W105" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X105" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y105" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="4" t="inlineStr">
         <is>
-          <t>Криворізька гімназія №90 Криворізької міської ради</t>
+          <t>Криворізька гімназія №91 Криворізької міської ради Дніпропетровської області</t>
         </is>
       </c>
       <c r="B106" s="5" t="n">
-        <v>136083</v>
+        <v>135469</v>
       </c>
       <c r="C106" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
-          <t>КГ №90 КМР</t>
+          <t>Криворізька гімназія №91 КМР ДО</t>
         </is>
       </c>
       <c r="E106" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G106" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H106" s="6" t="inlineStr">
         <is>
-          <t>1211036400</t>
+          <t>1211037000</t>
         </is>
       </c>
       <c r="I106" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J106" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K106" s="4" t="inlineStr">
         <is>
-          <t>вулиця Романа Рибалка, 1А</t>
+          <t>вулиця Генерала Радієвського, 48</t>
         </is>
       </c>
       <c r="L106" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010145934</t>
+          <t>UA12060170010585703</t>
         </is>
       </c>
       <c r="M106" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N106" s="7"/>
       <c r="O106" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Довгинцівської районної в місті ради</t>
+          <t>Управління освіти виконкому Саксаганської районної у місті ради</t>
         </is>
       </c>
       <c r="P106" s="4" t="inlineStr">
         <is>
-          <t>(0564)701028, (0564)701029</t>
+          <t>(097)3643919</t>
         </is>
       </c>
       <c r="Q106" s="4"/>
       <c r="R106" s="4" t="inlineStr">
         <is>
-          <t>school-90@ukr.net</t>
+          <t>gumnasia_91@ukr.net</t>
         </is>
       </c>
       <c r="S106" s="4" t="inlineStr">
         <is>
-          <t>http://kzsh90.dnepredu.com/</t>
+          <t>http://kg091.dnepredu.com</t>
         </is>
       </c>
       <c r="T106" s="4" t="inlineStr">
         <is>
-          <t>Директор Довгий Ян Вікторович</t>
+          <t>В.о. директора Різун Ольга Василівна</t>
         </is>
       </c>
       <c r="U106" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V106" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W106" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X106" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y106" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="4" t="inlineStr">
         <is>
-          <t>Криворізька гімназія №91 Криворізької міської ради Дніпропетровської області</t>
+          <t>Криворізька гімназія №92 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B107" s="5" t="n">
-        <v>135469</v>
+        <v>134365</v>
       </c>
       <c r="C107" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
-          <t>Криворізька гімназія №91 КМР ДО</t>
+          <t>Криворізька гімназія №92</t>
         </is>
       </c>
       <c r="E107" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G107" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H107" s="6" t="inlineStr">
         <is>
-          <t>1211037000</t>
+          <t>1211036900</t>
         </is>
       </c>
       <c r="I107" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J107" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K107" s="4" t="inlineStr">
         <is>
-          <t>вулиця Генерала Радієвського, 48</t>
+          <t>вулиця Героїв Правого сектора, 1</t>
         </is>
       </c>
       <c r="L107" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010585703</t>
+          <t>UA12060170010270453</t>
         </is>
       </c>
       <c r="M107" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N107" s="7"/>
       <c r="O107" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти виконкому Саксаганської районної у місті ради</t>
+          <t>Відділ освіти виконкому Інгулецької районної у місті ради</t>
         </is>
       </c>
       <c r="P107" s="4" t="inlineStr">
         <is>
-          <t>(097)3643919</t>
+          <t>(0975)539412</t>
         </is>
       </c>
       <c r="Q107" s="4"/>
       <c r="R107" s="4" t="inlineStr">
         <is>
-          <t>gumnasia_91@ukr.net</t>
+          <t>kzsh92@ukr.net</t>
         </is>
       </c>
       <c r="S107" s="4" t="inlineStr">
         <is>
-          <t>http://kg091.dnepredu.com</t>
+          <t>http://kzschool92.dnepredu.com/</t>
         </is>
       </c>
       <c r="T107" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Різун Ольга Василівна</t>
+          <t>Директор Бобровицька Наталія Володимирівна</t>
         </is>
       </c>
       <c r="U107" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V107" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W107" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X107" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y107" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="4" t="inlineStr">
         <is>
-          <t>Криворізька гімназія №92 Криворізької міської ради</t>
+          <t>Криворізька гімназія №93 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B108" s="5" t="n">
-        <v>134365</v>
+        <v>135107</v>
       </c>
       <c r="C108" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
-          <t>Криворізька гімназія №92</t>
+          <t>КГ №93 КМР</t>
         </is>
       </c>
       <c r="E108" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G108" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H108" s="6" t="inlineStr">
         <is>
-          <t>1211036900</t>
+          <t>1211036600</t>
         </is>
       </c>
       <c r="I108" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J108" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K108" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв Правого сектора, 1</t>
+          <t>вулиця Джона Маккейна, 11</t>
         </is>
       </c>
       <c r="L108" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010270453</t>
+          <t>UA12060170010439451</t>
         </is>
       </c>
       <c r="M108" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N108" s="7"/>
       <c r="O108" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Інгулецької районної у місті ради</t>
+          <t>Відділ освіти виконкому Покровської районної в місті ради</t>
         </is>
       </c>
       <c r="P108" s="4" t="inlineStr">
         <is>
-          <t>(0975)539412</t>
+          <t>(068)7867321</t>
         </is>
       </c>
       <c r="Q108" s="4"/>
       <c r="R108" s="4" t="inlineStr">
         <is>
-          <t>kzsh92@ukr.net</t>
+          <t>kr.gymnasium93@gmail.com</t>
         </is>
       </c>
       <c r="S108" s="4" t="inlineStr">
         <is>
-          <t>http://kzschool92.dnepredu.com/</t>
+          <t>http://school93.dnepredu.com</t>
         </is>
       </c>
       <c r="T108" s="4" t="inlineStr">
         <is>
-          <t>Директор Бобровицька Наталія Володимирівна</t>
+          <t>В.о. директора Шеляг Михайло Леонідович</t>
         </is>
       </c>
       <c r="U108" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V108" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W108" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X108" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y108" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="4" t="inlineStr">
         <is>
-          <t>Криворізька гімназія №93 Криворізької міської ради</t>
+          <t>Криворізька гімназія №94 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B109" s="5" t="n">
-        <v>135107</v>
+        <v>139285</v>
       </c>
       <c r="C109" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
-          <t>КГ №93 КМР</t>
+          <t>КГ №94 КМР</t>
         </is>
       </c>
       <c r="E109" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G109" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H109" s="6" t="inlineStr">
         <is>
-          <t>1211036600</t>
+          <t>1211036400</t>
         </is>
       </c>
       <c r="I109" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J109" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K109" s="4" t="inlineStr">
         <is>
-          <t>вулиця Джона Маккейна, 11</t>
+          <t>вулиця Промислова, 1А</t>
         </is>
       </c>
       <c r="L109" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010439451</t>
+          <t>UA12060170010145934</t>
         </is>
       </c>
       <c r="M109" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N109" s="7"/>
       <c r="O109" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Покровської районної в місті ради</t>
+          <t>Відділ освіти виконкому Довгинцівської районної в місті ради</t>
         </is>
       </c>
       <c r="P109" s="4" t="inlineStr">
         <is>
-          <t>(068)7867321</t>
+          <t>(056)470-10-30, (056)470-10-31</t>
         </is>
       </c>
       <c r="Q109" s="4"/>
       <c r="R109" s="4" t="inlineStr">
         <is>
-          <t>kr.gymnasium93@gmail.com</t>
+          <t>kzs94@ukr.net</t>
         </is>
       </c>
       <c r="S109" s="4" t="inlineStr">
         <is>
-          <t>http://school93.dnepredu.com</t>
+          <t>http://kzsh94.dnepredu.com</t>
         </is>
       </c>
       <c r="T109" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Шеляг Михайло Леонідович</t>
+          <t>В.о. директора Бородавка Сергій Миколайович</t>
         </is>
       </c>
       <c r="U109" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V109" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W109" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X109" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y109" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="4" t="inlineStr">
         <is>
-          <t>Криворізька гімназія №94 Криворізької міської ради</t>
+          <t>Криворізька гімназія №97 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B110" s="5" t="n">
-        <v>139285</v>
+        <v>137914</v>
       </c>
       <c r="C110" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
-          <t>КГ №94 КМР</t>
+          <t>КГ №97 КМР</t>
         </is>
       </c>
       <c r="E110" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G110" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H110" s="6" t="inlineStr">
         <is>
-          <t>1211036400</t>
+          <t>1211036600</t>
         </is>
       </c>
       <c r="I110" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J110" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K110" s="4" t="inlineStr">
         <is>
-          <t>вулиця Промислова, 1А</t>
+          <t>вулиця Кропивницького, 93</t>
         </is>
       </c>
       <c r="L110" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010145934</t>
+          <t>UA12060170010439451</t>
         </is>
       </c>
       <c r="M110" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N110" s="7"/>
       <c r="O110" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Довгинцівської районної в місті ради</t>
+          <t>Відділ освіти виконкому Покровської районної в місті ради</t>
         </is>
       </c>
       <c r="P110" s="4" t="inlineStr">
         <is>
-          <t>(056)470-10-30, (056)470-10-31</t>
+          <t>(097)5675923</t>
         </is>
       </c>
       <c r="Q110" s="4"/>
       <c r="R110" s="4" t="inlineStr">
         <is>
-          <t>kzs94@ukr.net</t>
+          <t>school97@i.ua</t>
         </is>
       </c>
       <c r="S110" s="4" t="inlineStr">
         <is>
-          <t>http://kzsh94.dnepredu.com</t>
+          <t>http://гімназія97.com.ua/</t>
         </is>
       </c>
       <c r="T110" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Бородавка Сергій Миколайович</t>
+          <t>Директор Семенова Юлія Михайлівна</t>
         </is>
       </c>
       <c r="U110" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V110" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W110" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X110" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y110" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="4" t="inlineStr">
         <is>
-          <t>Криворізька гімназія №97 Криворізької міської ради</t>
+          <t>Криворізька гімназія №98 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B111" s="5" t="n">
-        <v>137914</v>
+        <v>137936</v>
       </c>
       <c r="C111" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
-          <t>КГ №97 КМР</t>
+          <t>Криворізька гімназія №98</t>
         </is>
       </c>
       <c r="E111" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>гімназія-інтернат</t>
         </is>
       </c>
       <c r="G111" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H111" s="6" t="inlineStr">
         <is>
-          <t>1211036600</t>
+          <t>1211036900</t>
         </is>
       </c>
       <c r="I111" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J111" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K111" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кропивницького, 93</t>
+          <t>вулиця Груні Романової, 13</t>
         </is>
       </c>
       <c r="L111" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010439451</t>
+          <t>UA12060170010270453</t>
         </is>
       </c>
       <c r="M111" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N111" s="7"/>
       <c r="O111" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Покровської районної в місті ради</t>
+          <t>Відділ освіти виконкому Інгулецької районної у місті ради</t>
         </is>
       </c>
       <c r="P111" s="4" t="inlineStr">
         <is>
-          <t>(097)5675923</t>
+          <t>(0564)069623</t>
         </is>
       </c>
       <c r="Q111" s="4"/>
       <c r="R111" s="4" t="inlineStr">
         <is>
-          <t>school97@i.ua</t>
+          <t>gimnazia98@ukr.net</t>
         </is>
       </c>
       <c r="S111" s="4" t="inlineStr">
         <is>
-          <t>http://гімназія97.com.ua/</t>
+          <t>https://www.98.gymnasium.kr.ua/</t>
         </is>
       </c>
       <c r="T111" s="4" t="inlineStr">
         <is>
-          <t>Директор Семенова Юлія Михайлівна</t>
+          <t>Директор Салащенко Ірина Іванівна</t>
         </is>
       </c>
       <c r="U111" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V111" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W111" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X111" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="Y111" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="4" t="inlineStr">
         <is>
-          <t>Криворізька гімназія №98 Криворізької міської ради</t>
+          <t>Криворізька гімназія "Інтелект" Криворізької міської ради</t>
         </is>
       </c>
       <c r="B112" s="5" t="n">
-        <v>137936</v>
+        <v>134717</v>
       </c>
       <c r="C112" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
-          <t>Криворізька гімназія №98</t>
+          <t>КГ "Інтелект" КМР</t>
         </is>
       </c>
       <c r="E112" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
-          <t>гімназія-інтернат</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G112" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H112" s="6" t="inlineStr">
         <is>
-          <t>1211036900</t>
+          <t>1211037500</t>
         </is>
       </c>
       <c r="I112" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J112" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K112" s="4" t="inlineStr">
         <is>
-          <t>вулиця Груні Романової, 13</t>
+          <t>вулиця Гірничих інженерів, 48К</t>
         </is>
       </c>
       <c r="L112" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010270453</t>
+          <t>UA12060170010720279</t>
         </is>
       </c>
       <c r="M112" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N112" s="7"/>
       <c r="O112" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Інгулецької районної у місті ради</t>
+          <t>Відділ освіти виконкому Центрально-Міської районної у місті ради</t>
         </is>
       </c>
       <c r="P112" s="4" t="inlineStr">
         <is>
-          <t>(0564)069623</t>
+          <t>(097)9977028</t>
         </is>
       </c>
       <c r="Q112" s="4"/>
       <c r="R112" s="4" t="inlineStr">
         <is>
-          <t>gimnazia98@ukr.net</t>
+          <t>nvk.or.avner@gmail.com</t>
         </is>
       </c>
       <c r="S112" s="4" t="inlineStr">
         <is>
-          <t>https://www.98.gymnasium.kr.ua/</t>
+          <t>http://schoolnvk.dnepredu.com/</t>
         </is>
       </c>
       <c r="T112" s="4" t="inlineStr">
         <is>
-          <t>Директор Салащенко Ірина Іванівна</t>
+          <t>Директор Костенко Наталія Дмитрівна</t>
         </is>
       </c>
       <c r="U112" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V112" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W112" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X112" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="Y112" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="4" t="inlineStr">
         <is>
-          <t>Криворізька гімназія "Інтелект" Криворізької міської ради</t>
+          <t>Криворізька початкова школа №128 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B113" s="5" t="n">
-        <v>134717</v>
+        <v>139219</v>
       </c>
       <c r="C113" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
-          <t>КГ "Інтелект" КМР</t>
+          <t>КПШ №128 КМР</t>
         </is>
       </c>
       <c r="E113" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G113" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H113" s="6" t="inlineStr">
         <is>
-          <t>1211037500</t>
+          <t>1211036400</t>
         </is>
       </c>
       <c r="I113" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J113" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K113" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гірничих інженерів, 48К</t>
+          <t>вулиця 21-ї бригади Національної гвардії, 12</t>
         </is>
       </c>
       <c r="L113" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010720279</t>
+          <t>UA12060170010145934</t>
         </is>
       </c>
       <c r="M113" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N113" s="7"/>
       <c r="O113" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Центрально-Міської районної у місті ради</t>
+          <t>Відділ освіти виконкому Довгинцівської районної в місті ради</t>
         </is>
       </c>
       <c r="P113" s="4" t="inlineStr">
         <is>
-          <t>(097)9977028</t>
+          <t>(056)4701036, (056)4701037</t>
         </is>
       </c>
       <c r="Q113" s="4"/>
       <c r="R113" s="4" t="inlineStr">
         <is>
-          <t>nvk.or.avner@gmail.com</t>
+          <t>kzsh128@meta.ua</t>
         </is>
       </c>
       <c r="S113" s="4" t="inlineStr">
         <is>
-          <t>http://schoolnvk.dnepredu.com/</t>
+          <t>http://kzsh128.dnepredu.com</t>
         </is>
       </c>
       <c r="T113" s="4" t="inlineStr">
         <is>
-          <t>Директор Костенко Наталія Дмитрівна</t>
+          <t>Директор Остапенко Світлана Василівна</t>
         </is>
       </c>
       <c r="U113" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V113" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W113" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X113" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y113" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="4" t="inlineStr">
         <is>
-          <t>Криворізька початкова школа №128 Криворізької міської ради</t>
+          <t>Криворізька початкова школа №22 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B114" s="5" t="n">
-        <v>139219</v>
+        <v>138308</v>
       </c>
       <c r="C114" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
-          <t>КПШ №128 КМР</t>
+          <t>КПШ №22 КМР</t>
         </is>
       </c>
       <c r="E114" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G114" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H114" s="6" t="inlineStr">
         <is>
-          <t>1211036400</t>
+          <t>1211036600</t>
         </is>
       </c>
       <c r="I114" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J114" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K114" s="4" t="inlineStr">
         <is>
-          <t>вулиця 21-ї бригади Національної гвардії, 12</t>
+          <t>мікрорайон 5-й Зарічний, 32 Б</t>
         </is>
       </c>
       <c r="L114" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010145934</t>
+          <t>UA12060170010439451</t>
         </is>
       </c>
       <c r="M114" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N114" s="7"/>
       <c r="O114" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Довгинцівської районної в місті ради</t>
+          <t>Відділ освіти виконкому Покровської районної в місті ради</t>
         </is>
       </c>
       <c r="P114" s="4" t="inlineStr">
         <is>
-          <t>(056)4701036, (056)4701037</t>
+          <t>(067)9328704</t>
         </is>
       </c>
       <c r="Q114" s="4"/>
       <c r="R114" s="4" t="inlineStr">
         <is>
-          <t>kzsh128@meta.ua</t>
+          <t>kzsnvk22@gmail.com</t>
         </is>
       </c>
       <c r="S114" s="4" t="inlineStr">
         <is>
-          <t>http://kzsh128.dnepredu.com</t>
+          <t>http://snvk22.dnepredu.com</t>
         </is>
       </c>
       <c r="T114" s="4" t="inlineStr">
         <is>
-          <t>Директор Остапенко Світлана Василівна</t>
+          <t>В.о. директора Зотова Роза Миколаївна</t>
         </is>
       </c>
       <c r="U114" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V114" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W114" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X114" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y114" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="4" t="inlineStr">
         <is>
-          <t>Криворізька початкова школа №22 Криворізької міської ради</t>
+          <t>Криворізька початкова школа №43 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B115" s="5" t="n">
-        <v>138308</v>
+        <v>135123</v>
       </c>
       <c r="C115" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
-          <t>КПШ №22 КМР</t>
+          <t>КПШ №43 КМР</t>
         </is>
       </c>
       <c r="E115" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G115" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H115" s="6" t="inlineStr">
         <is>
-          <t>1211036600</t>
+          <t>1211037000</t>
         </is>
       </c>
       <c r="I115" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J115" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K115" s="4" t="inlineStr">
         <is>
-          <t>мікрорайон 5-й Зарічний, 32 Б</t>
+          <t>вулиця Покровська, 34-А</t>
         </is>
       </c>
       <c r="L115" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010439451</t>
+          <t>UA12060170010585703</t>
         </is>
       </c>
       <c r="M115" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N115" s="7"/>
       <c r="O115" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Покровської районної в місті ради</t>
+          <t>Управління освіти виконкому Саксаганської районної у місті ради</t>
         </is>
       </c>
       <c r="P115" s="4" t="inlineStr">
         <is>
-          <t>(067)9328704</t>
+          <t>(098)7724317</t>
         </is>
       </c>
       <c r="Q115" s="4"/>
       <c r="R115" s="4" t="inlineStr">
         <is>
-          <t>kzsnvk22@gmail.com</t>
+          <t>secretary@school43.dp.ua</t>
         </is>
       </c>
       <c r="S115" s="4" t="inlineStr">
         <is>
-          <t>http://snvk22.dnepredu.com</t>
+          <t>http://school43.dp.ua</t>
         </is>
       </c>
       <c r="T115" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Зотова Роза Миколаївна</t>
+          <t>В.о. директора Кавун Віталій Володимирович</t>
         </is>
       </c>
       <c r="U115" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V115" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W115" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X115" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y115" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="4" t="inlineStr">
         <is>
-          <t>Криворізька початкова школа №43 Криворізької міської ради</t>
+          <t>Криворізька початкова школа №67 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B116" s="5" t="n">
-        <v>135123</v>
+        <v>139408</v>
       </c>
       <c r="C116" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
-          <t>КПШ №43 КМР</t>
+          <t>Криворізька початкова школа №67</t>
         </is>
       </c>
       <c r="E116" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G116" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H116" s="6" t="inlineStr">
         <is>
-          <t>1211037000</t>
+          <t>1211036900</t>
         </is>
       </c>
       <c r="I116" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J116" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K116" s="4" t="inlineStr">
         <is>
-          <t>вулиця Покровська, 34-А</t>
+          <t>вулиця Переяславська, 6</t>
         </is>
       </c>
       <c r="L116" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010585703</t>
+          <t>UA12060170010270453</t>
         </is>
       </c>
       <c r="M116" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N116" s="7"/>
       <c r="O116" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти виконкому Саксаганської районної у місті ради</t>
+          <t>Відділ освіти виконкому Інгулецької районної у місті ради</t>
         </is>
       </c>
       <c r="P116" s="4" t="inlineStr">
         <is>
-          <t>(098)7724317</t>
+          <t>(0564)077811</t>
         </is>
       </c>
       <c r="Q116" s="4"/>
       <c r="R116" s="4" t="inlineStr">
         <is>
-          <t>secretary@school43.dp.ua</t>
+          <t>shcool67@ukr.net</t>
         </is>
       </c>
       <c r="S116" s="4" t="inlineStr">
         <is>
-          <t>http://school43.dp.ua</t>
+          <t>http://school_67.dnepredu.com/</t>
         </is>
       </c>
       <c r="T116" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Кавун Віталій Володимирович</t>
+          <t>Директор Максименко Лілія Василівна</t>
         </is>
       </c>
       <c r="U116" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V116" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W116" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X116" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y116" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="4" t="inlineStr">
         <is>
-          <t>Криворізька початкова школа №67 Криворізької міської ради</t>
+          <t>Криворізька початкова школа №99 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B117" s="5" t="n">
-        <v>139408</v>
+        <v>134296</v>
       </c>
       <c r="C117" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
-          <t>Криворізька початкова школа №67</t>
+          <t>Криворізька початкова школа №99</t>
         </is>
       </c>
       <c r="E117" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G117" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H117" s="6" t="inlineStr">
         <is>
           <t>1211036900</t>
         </is>
       </c>
       <c r="I117" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J117" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K117" s="4" t="inlineStr">
         <is>
-          <t>вулиця Переяславська, 6</t>
+          <t>вулиця Генерала Безручка, 41а</t>
         </is>
       </c>
       <c r="L117" s="6" t="inlineStr">
         <is>
           <t>UA12060170010270453</t>
         </is>
       </c>
       <c r="M117" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N117" s="7"/>
       <c r="O117" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Інгулецької районної у місті ради</t>
         </is>
       </c>
       <c r="P117" s="4" t="inlineStr">
         <is>
-          <t>(0564)077811</t>
+          <t>(0974)941170</t>
         </is>
       </c>
       <c r="Q117" s="4"/>
       <c r="R117" s="4" t="inlineStr">
         <is>
-          <t>shcool67@ukr.net</t>
+          <t>school99@ukr.net</t>
         </is>
       </c>
       <c r="S117" s="4" t="inlineStr">
         <is>
-          <t>http://school_67.dnepredu.com/</t>
+          <t>http://sites.google.com/view/elementary-school-99</t>
         </is>
       </c>
       <c r="T117" s="4" t="inlineStr">
         <is>
-          <t>Директор Максименко Лілія Василівна</t>
+          <t>Директор Булгакова Наталя Юріївна</t>
         </is>
       </c>
       <c r="U117" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V117" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W117" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X117" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y117" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="4" t="inlineStr">
         <is>
-          <t>Криворізька початкова школа №99 Криворізької міської ради</t>
+          <t>Криворізький ліцей №107 "Лідер" Криворізької міської ради</t>
         </is>
       </c>
       <c r="B118" s="5" t="n">
-        <v>134296</v>
+        <v>135564</v>
       </c>
       <c r="C118" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
-          <t>Криворізька початкова школа №99</t>
+          <t>КЛ №107 "Лідер" КМР</t>
         </is>
       </c>
       <c r="E118" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G118" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H118" s="6" t="inlineStr">
         <is>
-          <t>1211036900</t>
+          <t>1211037000</t>
         </is>
       </c>
       <c r="I118" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J118" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K118" s="4" t="inlineStr">
         <is>
-          <t>вулиця Генерала Безручка, 41а</t>
+          <t>вулиця Катеринівська, 11</t>
         </is>
       </c>
       <c r="L118" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010270453</t>
+          <t>UA12060170010585703</t>
         </is>
       </c>
       <c r="M118" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N118" s="7"/>
       <c r="O118" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Інгулецької районної у місті ради</t>
+          <t>Управління освіти виконкому Саксаганської районної у місті ради</t>
         </is>
       </c>
       <c r="P118" s="4" t="inlineStr">
         <is>
-          <t>(0974)941170</t>
+          <t>(097)6998117</t>
         </is>
       </c>
       <c r="Q118" s="4"/>
       <c r="R118" s="4" t="inlineStr">
         <is>
-          <t>school99@ukr.net</t>
+          <t>107element@ukr.net</t>
         </is>
       </c>
       <c r="S118" s="4" t="inlineStr">
         <is>
-          <t>http://sites.google.com/view/elementary-school-99</t>
+          <t>http://107element.dnepredu.com</t>
         </is>
       </c>
       <c r="T118" s="4" t="inlineStr">
         <is>
-          <t>Директор Булгакова Наталя Юріївна</t>
+          <t>В.о. директора Мазін Михайло Леонідович</t>
         </is>
       </c>
       <c r="U118" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V118" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W118" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X118" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y118" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ліцей №107 "Лідер" Криворізької міської ради</t>
+          <t>Криворізький ліцей №113 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B119" s="5" t="n">
-        <v>135564</v>
+        <v>142526</v>
       </c>
       <c r="C119" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
-          <t>КЛ №107 "Лідер" КМР</t>
+          <t>КЛ №113 КМР</t>
         </is>
       </c>
       <c r="E119" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G119" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H119" s="6" t="inlineStr">
         <is>
           <t>1211037000</t>
         </is>
       </c>
       <c r="I119" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J119" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K119" s="4" t="inlineStr">
         <is>
-          <t>вулиця Катеринівська, 11</t>
+          <t>вулиця Віктора Оцерклевича, 39-А</t>
         </is>
       </c>
       <c r="L119" s="6" t="inlineStr">
         <is>
           <t>UA12060170010585703</t>
         </is>
       </c>
       <c r="M119" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N119" s="7"/>
       <c r="O119" s="4" t="inlineStr">
         <is>
           <t>Управління освіти виконкому Саксаганської районної у місті ради</t>
         </is>
       </c>
       <c r="P119" s="4" t="inlineStr">
         <is>
-          <t>(097)6998117</t>
+          <t>(097)6993829</t>
         </is>
       </c>
       <c r="Q119" s="4"/>
       <c r="R119" s="4" t="inlineStr">
         <is>
-          <t>107element@ukr.net</t>
+          <t>school_113@ukr.net</t>
         </is>
       </c>
       <c r="S119" s="4" t="inlineStr">
         <is>
-          <t>http://107element.dnepredu.com</t>
+          <t>http://school113.dnepredu.com/</t>
         </is>
       </c>
       <c r="T119" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Мазін Михайло Леонідович</t>
+          <t>В.о. директора Євдокимова Тамара Василівна</t>
         </is>
       </c>
       <c r="U119" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V119" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W119" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X119" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y119" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ліцей №113 Криворізької міської ради</t>
+          <t>Криворізький ліцей №115 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B120" s="5" t="n">
-        <v>142526</v>
+        <v>139432</v>
       </c>
       <c r="C120" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
-          <t>КЛ №113 КМР</t>
+          <t>Криворізький ліцей №115</t>
         </is>
       </c>
       <c r="E120" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G120" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H120" s="6" t="inlineStr">
         <is>
-          <t>1211037000</t>
+          <t>1211036900</t>
         </is>
       </c>
       <c r="I120" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J120" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K120" s="4" t="inlineStr">
         <is>
-          <t>вулиця Віктора Оцерклевича, 39-А</t>
+          <t>вулиця Академіка Меца, 2Б</t>
         </is>
       </c>
       <c r="L120" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010585703</t>
+          <t>UA12060170010270453</t>
         </is>
       </c>
       <c r="M120" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N120" s="7"/>
       <c r="O120" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти виконкому Саксаганської районної у місті ради</t>
+          <t>Відділ освіти виконкому Інгулецької районної у місті ради</t>
         </is>
       </c>
       <c r="P120" s="4" t="inlineStr">
         <is>
-          <t>(097)6993829</t>
+          <t>(097)4956474</t>
         </is>
       </c>
       <c r="Q120" s="4"/>
       <c r="R120" s="4" t="inlineStr">
         <is>
-          <t>school_113@ukr.net</t>
+          <t>kssh115@i.ua</t>
         </is>
       </c>
       <c r="S120" s="4" t="inlineStr">
         <is>
-          <t>http://school113.dnepredu.com/</t>
+          <t>https://iklas115.pp.ua/</t>
         </is>
       </c>
       <c r="T120" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Євдокимова Тамара Василівна</t>
+          <t>Директор Шкрябко Євгеній Миколайович</t>
         </is>
       </c>
       <c r="U120" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V120" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W120" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X120" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y120" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ліцей №115 Криворізької міської ради</t>
+          <t>Криворізький ліцей №119 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B121" s="5" t="n">
-        <v>139432</v>
+        <v>135611</v>
       </c>
       <c r="C121" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ліцей №115</t>
+          <t>КЛ №119 КМР</t>
         </is>
       </c>
       <c r="E121" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G121" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H121" s="6" t="inlineStr">
         <is>
-          <t>1211036900</t>
+          <t>1211037000</t>
         </is>
       </c>
       <c r="I121" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J121" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K121" s="4" t="inlineStr">
         <is>
-          <t>вулиця Академіка Меца, 2Б</t>
+          <t>мікрорайон Сонячний, 48А</t>
         </is>
       </c>
       <c r="L121" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010270453</t>
+          <t>UA12060170010585703</t>
         </is>
       </c>
       <c r="M121" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N121" s="7"/>
       <c r="O121" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Інгулецької районної у місті ради</t>
+          <t>Управління освіти виконкому Саксаганської районної у місті ради</t>
         </is>
       </c>
       <c r="P121" s="4" t="inlineStr">
         <is>
-          <t>(097)4956474</t>
+          <t>(096)2113658</t>
         </is>
       </c>
       <c r="Q121" s="4"/>
       <c r="R121" s="4" t="inlineStr">
         <is>
-          <t>kssh115@i.ua</t>
+          <t>sch119@ukr.net</t>
         </is>
       </c>
       <c r="S121" s="4" t="inlineStr">
         <is>
-          <t>https://iklas115.pp.ua/</t>
+          <t>http://www.kl119.com/</t>
         </is>
       </c>
       <c r="T121" s="4" t="inlineStr">
         <is>
-          <t>Директор Шкрябко Євгеній Миколайович</t>
+          <t>Директор Добровольська Ольга Вячеславівна</t>
         </is>
       </c>
       <c r="U121" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V121" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W121" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X121" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y121" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ліцей №119 Криворізької міської ради</t>
+          <t>Криворізький ліцей №123 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B122" s="5" t="n">
-        <v>135611</v>
+        <v>134652</v>
       </c>
       <c r="C122" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
-          <t>КЛ №119 КМР</t>
+          <t>КЛ №123 КМР</t>
         </is>
       </c>
       <c r="E122" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G122" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H122" s="6" t="inlineStr">
         <is>
-          <t>1211037000</t>
+          <t>1211037500</t>
         </is>
       </c>
       <c r="I122" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J122" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K122" s="4" t="inlineStr">
         <is>
-          <t>мікрорайон Сонячний, 48А</t>
+          <t>шосе Миколаївське, 18</t>
         </is>
       </c>
       <c r="L122" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010585703</t>
+          <t>UA12060170010720279</t>
         </is>
       </c>
       <c r="M122" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N122" s="7"/>
       <c r="O122" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти виконкому Саксаганської районної у місті ради</t>
+          <t>Відділ освіти виконкому Центрально-Міської районної у місті ради</t>
         </is>
       </c>
       <c r="P122" s="4" t="inlineStr">
         <is>
-          <t>(096)2113658</t>
+          <t>(097)5541044</t>
         </is>
       </c>
       <c r="Q122" s="4"/>
       <c r="R122" s="4" t="inlineStr">
         <is>
-          <t>sch119@ukr.net</t>
+          <t>kzschool123@gmail.com</t>
         </is>
       </c>
       <c r="S122" s="4" t="inlineStr">
         <is>
-          <t>http://www.kl119.com/</t>
+          <t>https://sites.google.com/site/skola123moarodina/</t>
         </is>
       </c>
       <c r="T122" s="4" t="inlineStr">
         <is>
-          <t>Директор Добровольська Ольга Вячеславівна</t>
+          <t>В.о. директора Окуненко Тамара Олександрівна</t>
         </is>
       </c>
       <c r="U122" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V122" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W122" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X122" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y122" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ліцей №123 Криворізької міської ради</t>
+          <t>Криворізький ліцей №127 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B123" s="5" t="n">
-        <v>134652</v>
+        <v>139417</v>
       </c>
       <c r="C123" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
-          <t>КЛ №123 КМР</t>
+          <t>Криворізький ліцей №127</t>
         </is>
       </c>
       <c r="E123" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G123" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H123" s="6" t="inlineStr">
         <is>
-          <t>1211037500</t>
+          <t>1211036900</t>
         </is>
       </c>
       <c r="I123" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J123" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K123" s="4" t="inlineStr">
         <is>
-          <t>шосе Миколаївське, 18</t>
+          <t>вулиця Олександра Станкова, 7-А</t>
         </is>
       </c>
       <c r="L123" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010720279</t>
+          <t>UA12060170010270453</t>
         </is>
       </c>
       <c r="M123" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N123" s="7"/>
       <c r="O123" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Центрально-Міської районної у місті ради</t>
+          <t>Відділ освіти виконкому Інгулецької районної у місті ради</t>
         </is>
       </c>
       <c r="P123" s="4" t="inlineStr">
         <is>
-          <t>(097)5541044</t>
+          <t>(0974)634143</t>
         </is>
       </c>
       <c r="Q123" s="4"/>
       <c r="R123" s="4" t="inlineStr">
         <is>
-          <t>kzschool123@gmail.com</t>
+          <t>gimnaziya127@ukr.net</t>
         </is>
       </c>
       <c r="S123" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/site/skola123moarodina/</t>
+          <t>http://kg127.dp.ua</t>
         </is>
       </c>
       <c r="T123" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Окуненко Тамара Олександрівна</t>
+          <t>Директор Петрушина Лідія Іванівна</t>
         </is>
       </c>
       <c r="U123" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V123" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W123" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X123" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y123" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ліцей №127 Криворізької міської ради</t>
+          <t>Криворізький ліцей №129 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B124" s="5" t="n">
-        <v>139417</v>
+        <v>137747</v>
       </c>
       <c r="C124" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ліцей №127</t>
+          <t>КЛ №129 КМР</t>
         </is>
       </c>
       <c r="E124" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G124" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H124" s="6" t="inlineStr">
         <is>
-          <t>1211036900</t>
+          <t>1211036400</t>
         </is>
       </c>
       <c r="I124" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J124" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K124" s="4" t="inlineStr">
         <is>
-          <t>вулиця Олександра Станкова, 7-А</t>
+          <t>вулиця Гімназична, 39</t>
         </is>
       </c>
       <c r="L124" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010270453</t>
+          <t>UA12060170010145934</t>
         </is>
       </c>
       <c r="M124" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N124" s="7"/>
       <c r="O124" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Інгулецької районної у місті ради</t>
+          <t>Відділ освіти виконкому Довгинцівської районної в місті ради</t>
         </is>
       </c>
       <c r="P124" s="4" t="inlineStr">
         <is>
-          <t>(0974)634143</t>
+          <t>(0564)701039, (0564)701038</t>
         </is>
       </c>
       <c r="Q124" s="4"/>
       <c r="R124" s="4" t="inlineStr">
         <is>
-          <t>gimnaziya127@ukr.net</t>
+          <t>knvk129glas@ukr.net</t>
         </is>
       </c>
       <c r="S124" s="4" t="inlineStr">
         <is>
-          <t>http://kg127.dp.ua</t>
+          <t>https://knvk129.dp.ua</t>
         </is>
       </c>
       <c r="T124" s="4" t="inlineStr">
         <is>
-          <t>Директор Петрушина Лідія Іванівна</t>
+          <t>В.о. директора Погрібна Нелля Сергіївна</t>
         </is>
       </c>
       <c r="U124" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V124" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W124" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X124" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y124" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ліцей №129 Криворізької міської ради</t>
+          <t>Криворізький ліцей №24 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B125" s="5" t="n">
-        <v>137747</v>
+        <v>137773</v>
       </c>
       <c r="C125" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
-          <t>КЛ №129 КМР</t>
+          <t>КЛ №24 КМР</t>
         </is>
       </c>
       <c r="E125" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G125" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H125" s="6" t="inlineStr">
         <is>
           <t>1211036400</t>
         </is>
       </c>
       <c r="I125" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J125" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K125" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гімназична, 39</t>
+          <t>вулиця Героїв АТО, 88</t>
         </is>
       </c>
       <c r="L125" s="6" t="inlineStr">
         <is>
           <t>UA12060170010145934</t>
         </is>
       </c>
       <c r="M125" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N125" s="7"/>
       <c r="O125" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Довгинцівської районної в місті ради</t>
         </is>
       </c>
       <c r="P125" s="4" t="inlineStr">
         <is>
-          <t>(0564)701039, (0564)701038</t>
+          <t>(056)4701007, (056)4701008</t>
         </is>
       </c>
       <c r="Q125" s="4"/>
       <c r="R125" s="4" t="inlineStr">
         <is>
-          <t>knvk129glas@ukr.net</t>
+          <t>kpg_24@ukr.net</t>
         </is>
       </c>
       <c r="S125" s="4" t="inlineStr">
         <is>
-          <t>https://knvk129.dp.ua</t>
+          <t>http://kpg24.dnepredu.com</t>
         </is>
       </c>
       <c r="T125" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Погрібна Нелля Сергіївна</t>
+          <t>В.о. директора Прокоп'єва Тетяна Миколаївна</t>
         </is>
       </c>
       <c r="U125" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V125" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W125" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X125" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y125" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ліцей №24 Криворізької міської ради</t>
+          <t>Криворізький ліцей №35 "Імпульс" Криворізької міської ради</t>
         </is>
       </c>
       <c r="B126" s="5" t="n">
-        <v>137773</v>
+        <v>135214</v>
       </c>
       <c r="C126" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
-          <t>КЛ №24 КМР</t>
+          <t>КЛ №35 "Імпульс" КМР</t>
         </is>
       </c>
       <c r="E126" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G126" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H126" s="6" t="inlineStr">
         <is>
-          <t>1211036400</t>
+          <t>1211037000</t>
         </is>
       </c>
       <c r="I126" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J126" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K126" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв АТО, 88</t>
+          <t>вулиця Олексія Різниченка, 84-А</t>
         </is>
       </c>
       <c r="L126" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010145934</t>
+          <t>UA12060170010585703</t>
         </is>
       </c>
       <c r="M126" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N126" s="7"/>
       <c r="O126" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Довгинцівської районної в місті ради</t>
+          <t>Управління освіти виконкому Саксаганської районної у місті ради</t>
         </is>
       </c>
       <c r="P126" s="4" t="inlineStr">
         <is>
-          <t>(056)4701007, (056)4701008</t>
+          <t>(096)0952878</t>
         </is>
       </c>
       <c r="Q126" s="4"/>
       <c r="R126" s="4" t="inlineStr">
         <is>
-          <t>kpg_24@ukr.net</t>
+          <t>knvk35impuls@ukr.net</t>
         </is>
       </c>
       <c r="S126" s="4" t="inlineStr">
         <is>
-          <t>http://kpg24.dnepredu.com</t>
+          <t>http://knvk35.dnepredu.com/</t>
         </is>
       </c>
       <c r="T126" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Прокоп'єва Тетяна Миколаївна</t>
+          <t>В.о. директора Лисенко Раїса Степанівна</t>
         </is>
       </c>
       <c r="U126" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V126" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W126" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X126" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y126" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ліцей №35 "Імпульс" Криворізької міської ради</t>
+          <t>Криворізький ліцей №4 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B127" s="5" t="n">
-        <v>135214</v>
+        <v>135697</v>
       </c>
       <c r="C127" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
-          <t>КЛ №35 "Імпульс" КМР</t>
+          <t>КЛ №4 КМР</t>
         </is>
       </c>
       <c r="E127" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G127" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H127" s="6" t="inlineStr">
         <is>
-          <t>1211037000</t>
+          <t>1211036300</t>
         </is>
       </c>
       <c r="I127" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J127" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K127" s="4" t="inlineStr">
         <is>
-          <t>вулиця Олексія Різниченка, 84-А</t>
+          <t>вулиця Героїв АТО, 15</t>
         </is>
       </c>
       <c r="L127" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010585703</t>
+          <t>UA12060170010378670</t>
         </is>
       </c>
       <c r="M127" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N127" s="7"/>
       <c r="O127" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти виконкому Саксаганської районної у місті ради</t>
+          <t>Відділ освіти виконавчого комітету Металургійної районної у місті ради</t>
         </is>
       </c>
       <c r="P127" s="4" t="inlineStr">
         <is>
-          <t>(096)0952878</t>
+          <t>(0564)11-01-72</t>
         </is>
       </c>
       <c r="Q127" s="4"/>
       <c r="R127" s="4" t="inlineStr">
         <is>
-          <t>knvk35impuls@ukr.net</t>
+          <t>dzschool004@ukr.net</t>
         </is>
       </c>
       <c r="S127" s="4" t="inlineStr">
         <is>
-          <t>http://knvk35.dnepredu.com/</t>
+          <t>http://4schoolkr.wix.com/start</t>
         </is>
       </c>
       <c r="T127" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Лисенко Раїса Степанівна</t>
+          <t>В.о. директора Логонюк Олена Володимирівна</t>
         </is>
       </c>
       <c r="U127" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V127" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W127" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X127" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y127" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ліцей №4 Криворізької міської ради</t>
+          <t>Криворізький ліцей №49 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B128" s="5" t="n">
-        <v>135697</v>
+        <v>138300</v>
       </c>
       <c r="C128" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
-          <t>КЛ №4 КМР</t>
+          <t>КЛ №49 КМР</t>
         </is>
       </c>
       <c r="E128" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G128" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H128" s="6" t="inlineStr">
         <is>
-          <t>1211036300</t>
+          <t>1211036600</t>
         </is>
       </c>
       <c r="I128" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J128" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K128" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв АТО, 15</t>
+          <t>вулиця Костя Гордієнка, 1</t>
         </is>
       </c>
       <c r="L128" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010378670</t>
+          <t>UA12060170010439451</t>
         </is>
       </c>
       <c r="M128" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N128" s="7"/>
       <c r="O128" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Металургійної районної у місті ради</t>
+          <t>Відділ освіти виконкому Покровської районної в місті ради</t>
         </is>
       </c>
       <c r="P128" s="4" t="inlineStr">
         <is>
-          <t>(0564)11-01-72</t>
+          <t>(056)4403298</t>
         </is>
       </c>
       <c r="Q128" s="4"/>
       <c r="R128" s="4" t="inlineStr">
         <is>
-          <t>dzschool004@ukr.net</t>
+          <t>gymnasium49@meta.ua</t>
         </is>
       </c>
       <c r="S128" s="4" t="inlineStr">
         <is>
-          <t>http://4schoolkr.wix.com/start</t>
+          <t>http://gymnazium49.dnepredu.com/</t>
         </is>
       </c>
       <c r="T128" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Логонюк Олена Володимирівна</t>
+          <t>В.о. директора Тимофієва Людмила Євграфіївна</t>
         </is>
       </c>
       <c r="U128" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V128" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W128" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X128" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y128" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ліцей №49 Криворізької міської ради</t>
+          <t>Криворізький ліцей №71 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B129" s="5" t="n">
-        <v>138300</v>
+        <v>137599</v>
       </c>
       <c r="C129" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
-          <t>КЛ №49 КМР</t>
+          <t>КЛ №71 КМР</t>
         </is>
       </c>
       <c r="E129" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G129" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H129" s="6" t="inlineStr">
         <is>
           <t>1211036600</t>
         </is>
       </c>
       <c r="I129" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J129" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K129" s="4" t="inlineStr">
         <is>
-          <t>вулиця Костя Гордієнка, 1</t>
+          <t>вулиця Корнія Речмидила, 22</t>
         </is>
       </c>
       <c r="L129" s="6" t="inlineStr">
         <is>
           <t>UA12060170010439451</t>
         </is>
       </c>
       <c r="M129" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N129" s="7"/>
       <c r="O129" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Покровської районної в місті ради</t>
         </is>
       </c>
       <c r="P129" s="4" t="inlineStr">
         <is>
-          <t>(056)4403298</t>
+          <t>(097)5675652</t>
         </is>
       </c>
       <c r="Q129" s="4"/>
       <c r="R129" s="4" t="inlineStr">
         <is>
-          <t>gymnasium49@meta.ua</t>
+          <t>kss71@ukr.net</t>
         </is>
       </c>
       <c r="S129" s="4" t="inlineStr">
         <is>
-          <t>http://gymnazium49.dnepredu.com/</t>
+          <t>http://kss71mysite.com</t>
         </is>
       </c>
       <c r="T129" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Тимофієва Людмила Євграфіївна</t>
+          <t>В.о. директора Ткаченко Наталія Олексіївна</t>
         </is>
       </c>
       <c r="U129" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V129" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W129" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X129" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y129" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ліцей №71 Криворізької міської ради</t>
+          <t>Криворізький ліцей №77 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B130" s="5" t="n">
-        <v>137599</v>
+        <v>137382</v>
       </c>
       <c r="C130" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
-          <t>КЛ №71 КМР</t>
+          <t>КЛ №77 КМР</t>
         </is>
       </c>
       <c r="E130" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G130" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H130" s="6" t="inlineStr">
         <is>
-          <t>1211036600</t>
+          <t>1211037200</t>
         </is>
       </c>
       <c r="I130" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J130" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K130" s="4" t="inlineStr">
         <is>
-          <t>вулиця Корнія Речмидила, 22</t>
+          <t>вулиця Героїв Маріуполя, 45-А</t>
         </is>
       </c>
       <c r="L130" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010439451</t>
+          <t>UA12060170010643671</t>
         </is>
       </c>
       <c r="M130" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N130" s="7"/>
       <c r="O130" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Покровської районної в місті ради</t>
+          <t>Відділ освіти виконкому Тернівської районної у місті ради</t>
         </is>
       </c>
       <c r="P130" s="4" t="inlineStr">
         <is>
-          <t>(097)5675652</t>
+          <t>(0564)388773</t>
         </is>
       </c>
       <c r="Q130" s="4"/>
       <c r="R130" s="4" t="inlineStr">
         <is>
-          <t>kss71@ukr.net</t>
+          <t>ktg.kolo@gmail.com</t>
         </is>
       </c>
       <c r="S130" s="4" t="inlineStr">
         <is>
-          <t>http://kss71mysite.com</t>
+          <t>https://sites.google.com/site/krivoyrogktg/</t>
         </is>
       </c>
       <c r="T130" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Ткаченко Наталія Олексіївна</t>
+          <t>Директор Дегтяренко Вікторія Василівна</t>
         </is>
       </c>
       <c r="U130" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V130" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W130" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X130" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y130" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ліцей №77 Криворізької міської ради</t>
+          <t>Криворізький ліцей №81 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B131" s="5" t="n">
-        <v>137382</v>
+        <v>135668</v>
       </c>
       <c r="C131" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
-          <t>КЛ №77 КМР</t>
+          <t>КЛ №81 КМР</t>
         </is>
       </c>
       <c r="E131" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G131" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H131" s="6" t="inlineStr">
         <is>
-          <t>1211037200</t>
+          <t>1211036400</t>
         </is>
       </c>
       <c r="I131" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J131" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K131" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв Маріуполя, 45-А</t>
+          <t>вулиця 21-ї бригади Національної гвардії, 10</t>
         </is>
       </c>
       <c r="L131" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010643671</t>
+          <t>UA12060170010145934</t>
         </is>
       </c>
       <c r="M131" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N131" s="7"/>
       <c r="O131" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Тернівської районної у місті ради</t>
+          <t>Відділ освіти виконкому Довгинцівської районної в місті ради</t>
         </is>
       </c>
       <c r="P131" s="4" t="inlineStr">
         <is>
-          <t>(0564)388773</t>
+          <t>(056)4701012, (056)4701013</t>
         </is>
       </c>
       <c r="Q131" s="4"/>
       <c r="R131" s="4" t="inlineStr">
         <is>
-          <t>ktg.kolo@gmail.com</t>
+          <t>knvk81@ukr.net</t>
         </is>
       </c>
       <c r="S131" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/site/krivoyrogktg/</t>
+          <t>http://knvk81.dnepredu.com/</t>
         </is>
       </c>
       <c r="T131" s="4" t="inlineStr">
         <is>
-          <t>Директор Дегтяренко Вікторія Василівна</t>
+          <t>В.о. директора Гетьман Ганна Борисівна</t>
         </is>
       </c>
       <c r="U131" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V131" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W131" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X131" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y131" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ліцей №81 Криворізької міської ради</t>
+          <t>Криворізький ліцей №95 Криворізької міської ради</t>
         </is>
       </c>
       <c r="B132" s="5" t="n">
-        <v>135668</v>
+        <v>134429</v>
       </c>
       <c r="C132" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
-          <t>КЛ №81 КМР</t>
+          <t>КЛ №95 КМР</t>
         </is>
       </c>
       <c r="E132" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G132" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H132" s="6" t="inlineStr">
         <is>
-          <t>1211036400</t>
+          <t>1211036300</t>
         </is>
       </c>
       <c r="I132" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J132" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K132" s="4" t="inlineStr">
         <is>
-          <t>вулиця 21-ї бригади Національної гвардії, 10</t>
+          <t>вулиця Соборності, 20А</t>
         </is>
       </c>
       <c r="L132" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010145934</t>
+          <t>UA12060170010378670</t>
         </is>
       </c>
       <c r="M132" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N132" s="7"/>
       <c r="O132" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Довгинцівської районної в місті ради</t>
+          <t>Відділ освіти виконавчого комітету Металургійної районної у місті ради</t>
         </is>
       </c>
       <c r="P132" s="4" t="inlineStr">
         <is>
-          <t>(056)4701012, (056)4701013</t>
+          <t>(0564)11-01-81</t>
         </is>
       </c>
       <c r="Q132" s="4"/>
       <c r="R132" s="4" t="inlineStr">
         <is>
-          <t>knvk81@ukr.net</t>
+          <t>dzschool0095@ukr.net</t>
         </is>
       </c>
       <c r="S132" s="4" t="inlineStr">
         <is>
-          <t>http://knvk81.dnepredu.com/</t>
+          <t>http://gimn95.wix.com/gimn95</t>
         </is>
       </c>
       <c r="T132" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Гетьман Ганна Борисівна</t>
+          <t>В.о. директора Шепілко Алла Іванівна</t>
         </is>
       </c>
       <c r="U132" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V132" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W132" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X132" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y132" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ліцей №95 Криворізької міської ради</t>
+          <t>Криворізький ліцей академічного спрямування "Міжнародні перспективи" Криворізької міської ради</t>
         </is>
       </c>
       <c r="B133" s="5" t="n">
-        <v>134429</v>
+        <v>134834</v>
       </c>
       <c r="C133" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
-          <t>КЛ №95 КМР</t>
+          <t>КЛАС "Міжнародні перспективи" КМР</t>
         </is>
       </c>
       <c r="E133" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G133" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H133" s="6" t="inlineStr">
         <is>
-          <t>1211036300</t>
+          <t>1211037500</t>
         </is>
       </c>
       <c r="I133" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J133" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K133" s="4" t="inlineStr">
         <is>
-          <t>вулиця Соборності, 20А</t>
+          <t>вулиця Петра Веропотвеляна, 1ж</t>
         </is>
       </c>
       <c r="L133" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010378670</t>
+          <t>UA12060170010720279</t>
         </is>
       </c>
       <c r="M133" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N133" s="7"/>
       <c r="O133" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Металургійної районної у місті ради</t>
+          <t>Відділ освіти виконкому Центрально-Міської районної у місті ради</t>
         </is>
       </c>
       <c r="P133" s="4" t="inlineStr">
         <is>
-          <t>(0564)11-01-81</t>
+          <t>(068)6035515</t>
         </is>
       </c>
       <c r="Q133" s="4"/>
       <c r="R133" s="4" t="inlineStr">
         <is>
-          <t>dzschool0095@ukr.net</t>
+          <t>klasmp.kmr@gmail.com</t>
         </is>
       </c>
       <c r="S133" s="4" t="inlineStr">
         <is>
-          <t>http://gimn95.wix.com/gimn95</t>
+          <t>https://sites.google.com/site/kryvyirihschool1/</t>
         </is>
       </c>
       <c r="T133" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Шепілко Алла Іванівна</t>
+          <t>В.о. директора Мелкумова Тетяна Володимирівна</t>
         </is>
       </c>
       <c r="U133" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V133" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W133" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X133" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y133" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ліцей академічного спрямування "Міжнародні перспективи" Криворізької міської ради</t>
+          <t>Криворізький ліцей безпекового спрямування та національно-патріотичного виховання (м. Кривий Ріг) Донецького державного університету внутрішніх справ</t>
         </is>
       </c>
       <c r="B134" s="5" t="n">
-        <v>134834</v>
+        <v>176813</v>
       </c>
       <c r="C134" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
-          <t>КЛАС "Міжнародні перспективи" КМР</t>
+          <t>Криворізький ліцей ДонДУВС</t>
         </is>
       </c>
       <c r="E134" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G134" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="H134" s="6" t="inlineStr">
         <is>
-          <t>1211037500</t>
+          <t>1211000000</t>
         </is>
       </c>
       <c r="I134" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J134" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K134" s="4" t="inlineStr">
         <is>
-          <t>вулиця Петра Веропотвеляна, 1ж</t>
+          <t>вулиця Олексія Різниченка, 91</t>
         </is>
       </c>
       <c r="L134" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010720279</t>
+          <t>UA12060170010065850</t>
         </is>
       </c>
       <c r="M134" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N134" s="7"/>
       <c r="O134" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Центрально-Міської районної у місті ради</t>
+          <t>Донецький державний університет внутрішніх справ</t>
         </is>
       </c>
       <c r="P134" s="4" t="inlineStr">
         <is>
-          <t>(068)6035515</t>
+          <t>(067)5653628</t>
         </is>
       </c>
       <c r="Q134" s="4"/>
       <c r="R134" s="4" t="inlineStr">
         <is>
-          <t>klasmp.kmr@gmail.com</t>
+          <t>klbsnpv@dnuvs.ukr.education</t>
         </is>
       </c>
       <c r="S134" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/site/kryvyirihschool1/</t>
+          <t>https://dnuvs.ukr.education</t>
         </is>
       </c>
       <c r="T134" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Мелкумова Тетяна Володимирівна</t>
+          <t>Директор Твердохліб Олександр Миколайович</t>
         </is>
       </c>
       <c r="U134" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V134" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W134" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X134" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y134" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ліцей безпекового спрямування та національно-патріотичного виховання (м. Кривій Ріг) Донецького державного університету внутрішніх справ</t>
+          <t>Криворізький ліцей "Кредо" Криворізької міської ради</t>
         </is>
       </c>
       <c r="B135" s="5" t="n">
-        <v>176813</v>
+        <v>142522</v>
       </c>
       <c r="C135" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ліцей ДонДУВС</t>
+          <t>КЛ "Кредо" КМР</t>
         </is>
       </c>
       <c r="E135" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G135" s="4" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H135" s="6" t="inlineStr">
         <is>
-          <t>1211000000</t>
+          <t>1211037500</t>
         </is>
       </c>
       <c r="I135" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J135" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K135" s="4" t="inlineStr">
         <is>
-          <t>вулиця Олексія Різниченка, 91</t>
+          <t>вулиця Великого Кобзаря, 16</t>
         </is>
       </c>
       <c r="L135" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010065850</t>
+          <t>UA12060170010720279</t>
         </is>
       </c>
       <c r="M135" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N135" s="7"/>
       <c r="O135" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти виконкому Саксаганської районної у місті ради</t>
+          <t>Відділ освіти виконкому Центрально-Міської районної у місті ради</t>
         </is>
       </c>
       <c r="P135" s="4" t="inlineStr">
         <is>
-          <t>(067)5653628</t>
+          <t>(097)5541016</t>
         </is>
       </c>
       <c r="Q135" s="4"/>
       <c r="R135" s="4" t="inlineStr">
         <is>
-          <t>klbsnpv@dnuvs.ukr.education</t>
+          <t>kcmg@ukr.net</t>
         </is>
       </c>
       <c r="S135" s="4" t="inlineStr">
         <is>
-          <t>https://dnuvs.ukr.education</t>
+          <t>www.licey.org</t>
         </is>
       </c>
       <c r="T135" s="4" t="inlineStr">
         <is>
-          <t>Директор Колесников Костянтин Миколайович</t>
+          <t>В.о. директора Шапарєва Надія Іванівна</t>
         </is>
       </c>
       <c r="U135" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V135" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W135" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X135" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y135" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="4" t="inlineStr">
         <is>
-          <t>Криворізький ліцей "Кредо" Криворізької міської ради</t>
+          <t>Криворізький Покровський ліцей Криворізької міської ради Дніпропетровської області</t>
         </is>
       </c>
       <c r="B136" s="5" t="n">
-        <v>142522</v>
+        <v>135719</v>
       </c>
       <c r="C136" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
-          <t>КЛ "Кредо" КМР</t>
+          <t>КПЛ КМР ДО</t>
         </is>
       </c>
       <c r="E136" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G136" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H136" s="6" t="inlineStr">
         <is>
-          <t>1211037500</t>
+          <t>1211036600</t>
         </is>
       </c>
       <c r="I136" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J136" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K136" s="4" t="inlineStr">
         <is>
-          <t>вулиця Великого Кобзаря, 16</t>
+          <t>вулиця Кропивницького, 63</t>
         </is>
       </c>
       <c r="L136" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010720279</t>
+          <t>UA12060170010439451</t>
         </is>
       </c>
       <c r="M136" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N136" s="7"/>
       <c r="O136" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Центрально-Міської районної у місті ради</t>
+          <t>Відділ освіти виконкому Покровської районної в місті ради</t>
         </is>
       </c>
       <c r="P136" s="4" t="inlineStr">
         <is>
-          <t>(097)5541016</t>
+          <t>(098)5239425</t>
         </is>
       </c>
       <c r="Q136" s="4"/>
       <c r="R136" s="4" t="inlineStr">
         <is>
-          <t>kcmg@ukr.net</t>
+          <t>kplznannya@gmail.com</t>
         </is>
       </c>
       <c r="S136" s="4" t="inlineStr">
         <is>
-          <t>www.licey.org</t>
+          <t>http://kzhl.dnepredu.com</t>
         </is>
       </c>
       <c r="T136" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Шапарєва Надія Іванівна</t>
+          <t>Директор Качалов Іван Андрійович</t>
         </is>
       </c>
       <c r="U136" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V136" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W136" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X136" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y136" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="4" t="inlineStr">
         <is>
-          <t>Криворізький Покровський ліцей Криворізької міської ради Дніпропетровської області</t>
+          <t>Криворізький природничо-науковий ліцей Криворізької міської ради Дніпропетровської області</t>
         </is>
       </c>
       <c r="B137" s="5" t="n">
-        <v>135719</v>
+        <v>139437</v>
       </c>
       <c r="C137" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
-          <t>КПЛ КМР ДО</t>
+          <t>КПНЛ КМР ДО</t>
         </is>
       </c>
       <c r="E137" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G137" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H137" s="6" t="inlineStr">
         <is>
-          <t>1211036600</t>
+          <t>1211037000</t>
         </is>
       </c>
       <c r="I137" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J137" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K137" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кропивницького, 63</t>
+          <t>вулиця Володимира Великого, 32-А</t>
         </is>
       </c>
       <c r="L137" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010439451</t>
+          <t>UA12060170010585703</t>
         </is>
       </c>
       <c r="M137" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N137" s="7"/>
       <c r="O137" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Покровської районної в місті ради</t>
+          <t>Управління освіти виконкому Саксаганської районної у місті ради</t>
         </is>
       </c>
       <c r="P137" s="4" t="inlineStr">
         <is>
-          <t>(098)5239425</t>
+          <t>(097)2751172</t>
         </is>
       </c>
       <c r="Q137" s="4"/>
       <c r="R137" s="4" t="inlineStr">
         <is>
-          <t>kplznannya@gmail.com</t>
+          <t>kpnl@ukr.net</t>
         </is>
       </c>
       <c r="S137" s="4" t="inlineStr">
         <is>
-          <t>http://kzhl.dnepredu.com</t>
+          <t>http://kpnl.klasna.com</t>
         </is>
       </c>
       <c r="T137" s="4" t="inlineStr">
         <is>
-          <t>Директор Качалов Іван Андрійович</t>
+          <t>В.о. директора Буднік Наталія Григорівна</t>
         </is>
       </c>
       <c r="U137" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V137" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W137" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X137" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y137" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="4" t="inlineStr">
         <is>
-          <t>Криворізький природничо-науковий ліцей Криворізької міської ради Дніпропетровської області</t>
+          <t>Криворізький Тернівський ліцей Криворізької міської ради</t>
         </is>
       </c>
       <c r="B138" s="5" t="n">
-        <v>139437</v>
+        <v>137031</v>
       </c>
       <c r="C138" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
-          <t>КПНЛ КМР ДО</t>
+          <t>КТЛ КМР</t>
         </is>
       </c>
       <c r="E138" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G138" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H138" s="6" t="inlineStr">
         <is>
-          <t>1211037000</t>
+          <t>1211037200</t>
         </is>
       </c>
       <c r="I138" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J138" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K138" s="4" t="inlineStr">
         <is>
-          <t>вулиця Володимира Великого, 32-А</t>
+          <t>вулиця Володимира Терещенка, 10 Е</t>
         </is>
       </c>
       <c r="L138" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010585703</t>
+          <t>UA12060170010643671</t>
         </is>
       </c>
       <c r="M138" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N138" s="7"/>
       <c r="O138" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти виконкому Саксаганської районної у місті ради</t>
+          <t>Відділ освіти виконкому Тернівської районної у місті ради</t>
         </is>
       </c>
       <c r="P138" s="4" t="inlineStr">
         <is>
-          <t>(097)2751172</t>
+          <t>(0564)948416</t>
         </is>
       </c>
       <c r="Q138" s="4"/>
       <c r="R138" s="4" t="inlineStr">
         <is>
-          <t>kpnl@ukr.net</t>
+          <t>terny.liceum@ukr.net</t>
         </is>
       </c>
       <c r="S138" s="4" t="inlineStr">
         <is>
-          <t>http://kpnl.klasna.com</t>
+          <t>http://liceumsite.wixsite.com/webpage</t>
         </is>
       </c>
       <c r="T138" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Буднік Наталія Григорівна</t>
+          <t>В.о. директора Гавдан Антоніна Миколаївна</t>
         </is>
       </c>
       <c r="U138" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V138" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W138" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X138" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y138" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="4" t="inlineStr">
         <is>
-          <t>Криворізький Тернівський ліцей Криворізької міської ради</t>
+          <t>Криворізький Центрально-Міський ліцей Криворізької міської ради Дніпропетровської області</t>
         </is>
       </c>
       <c r="B139" s="5" t="n">
-        <v>137031</v>
+        <v>141578</v>
       </c>
       <c r="C139" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
-          <t>КТЛ КМР</t>
+          <t>КЦМЛ КМР ДО</t>
         </is>
       </c>
       <c r="E139" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G139" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H139" s="6" t="inlineStr">
         <is>
-          <t>1211037200</t>
+          <t>1211037500</t>
         </is>
       </c>
       <c r="I139" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J139" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K139" s="4" t="inlineStr">
         <is>
-          <t>вулиця Володимира Терещенка, 10 Е</t>
+          <t>проспект Центральний, 12</t>
         </is>
       </c>
       <c r="L139" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010643671</t>
+          <t>UA12060170010720279</t>
         </is>
       </c>
       <c r="M139" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N139" s="7"/>
       <c r="O139" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Тернівської районної у місті ради</t>
+          <t>Відділ освіти виконкому Центрально-Міської районної у місті ради</t>
         </is>
       </c>
       <c r="P139" s="4" t="inlineStr">
         <is>
-          <t>(0564)948416</t>
+          <t>(068)9713273</t>
         </is>
       </c>
       <c r="Q139" s="4"/>
       <c r="R139" s="4" t="inlineStr">
         <is>
-          <t>terny.liceum@ukr.net</t>
+          <t>KRCMlicej@ukr.net</t>
         </is>
       </c>
       <c r="S139" s="4" t="inlineStr">
         <is>
-          <t>http://liceumsite.wixsite.com/webpage</t>
+          <t>http://www.kcml.dp.ua</t>
         </is>
       </c>
       <c r="T139" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Гавдан Антоніна Миколаївна</t>
+          <t>В.о. директора Городашин Сергій Миколайович</t>
         </is>
       </c>
       <c r="U139" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V139" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W139" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X139" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y139" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="4" t="inlineStr">
         <is>
-          <t>Криворізький Центрально-Міський ліцей Криворізької міської ради Дніпропетровської області</t>
+          <t>ПОЧАТКОВА ШКОЛА "СМАРТІК" КРИВИЙ РІГ</t>
         </is>
       </c>
       <c r="B140" s="5" t="n">
-        <v>141578</v>
+        <v>176921</v>
       </c>
       <c r="C140" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
-          <t>КЦМЛ КМР ДО</t>
+          <t>СМАРТІК ШКОЛА</t>
         </is>
       </c>
       <c r="E140" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G140" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H140" s="6" t="inlineStr">
         <is>
-          <t>1211037500</t>
+          <t>1211000000</t>
         </is>
       </c>
       <c r="I140" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J140" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K140" s="4" t="inlineStr">
         <is>
-          <t>проспект Центральний, 12</t>
+          <t>проспект Центральний, 2А</t>
         </is>
       </c>
       <c r="L140" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010720279</t>
+          <t>UA12060170010065850</t>
         </is>
       </c>
       <c r="M140" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N140" s="7"/>
       <c r="O140" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти виконкому Центрально-Міської районної у місті ради</t>
         </is>
       </c>
       <c r="P140" s="4" t="inlineStr">
         <is>
-          <t>(068)9713273</t>
+          <t>(098)2226877</t>
         </is>
       </c>
       <c r="Q140" s="4"/>
       <c r="R140" s="4" t="inlineStr">
         <is>
-          <t>KRCMlicej@ukr.net</t>
+          <t>smartik.school@gmail.com</t>
         </is>
       </c>
       <c r="S140" s="4" t="inlineStr">
         <is>
-          <t>http://www.kcml.dp.ua</t>
+          <t>smartik-school.in.ua/</t>
         </is>
       </c>
       <c r="T140" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Городашин Сергій Миколайович</t>
+          <t>Директор Беденко Анастасія Анатоліївна</t>
         </is>
       </c>
       <c r="U140" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V140" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W140" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X140" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y140" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="4" t="inlineStr">
         <is>
-          <t>ПОЧАТКОВА ШКОЛА "СМАРТІК" КРИВИЙ РІГ</t>
+          <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА ЗАКЛАД) "ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ "КРИВОРІЗЬКА ПОЧАТКОВА ШКОЛА "ІНТЕРКЛАС СКУЛ"</t>
         </is>
       </c>
       <c r="B141" s="5" t="n">
-        <v>176921</v>
+        <v>176978</v>
       </c>
       <c r="C141" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
-          <t>СМАРТІК ШКОЛА</t>
+          <t>ПЗЗСО "Інтерклас Скул"</t>
         </is>
       </c>
       <c r="E141" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G141" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H141" s="6" t="inlineStr">
         <is>
           <t>1211000000</t>
         </is>
       </c>
       <c r="I141" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J141" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K141" s="4" t="inlineStr">
         <is>
-          <t>проспект Центральний, 2А</t>
+          <t>вулиця Героїв АТО, 30г</t>
         </is>
       </c>
       <c r="L141" s="6" t="inlineStr">
         <is>
           <t>UA12060170010065850</t>
         </is>
       </c>
       <c r="M141" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N141" s="7"/>
       <c r="O141" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконкому Центрально-Міської районної у місті ради</t>
+          <t>Відділ освіти виконавчого комітету Металургійної районної у місті ради</t>
         </is>
       </c>
       <c r="P141" s="4" t="inlineStr">
         <is>
-          <t>(098)2226877</t>
+          <t>(067)9881768</t>
         </is>
       </c>
       <c r="Q141" s="4"/>
       <c r="R141" s="4" t="inlineStr">
         <is>
-          <t>smartik.school@gmail.com</t>
+          <t>interclassschool@gmail.com</t>
         </is>
       </c>
       <c r="S141" s="4" t="inlineStr">
         <is>
-          <t>smartik-school.in.ua/</t>
+          <t>http://interclass.org.ua/</t>
         </is>
       </c>
       <c r="T141" s="4" t="inlineStr">
         <is>
-          <t>Директор Беденко Анастасія Анатоліївна</t>
+          <t>Директор Титаренко Анастасія Андріївна</t>
         </is>
       </c>
       <c r="U141" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V141" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W141" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X141" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y141" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) "ПРИВАТНИЙ ЗАКЛАД ЗАГАЛНОЇ СЕРЕДНЬОЇ ОСВІТИ "КРИВОРІЗЬКА ГІМНАЗІЯ "ФРІ МАЙНДЗ СКУЛ"</t>
+          <t>Приватна організація (установа, заклад) Криворізька гімназія "Знайка Скул"</t>
         </is>
       </c>
       <c r="B142" s="5" t="n">
-        <v>176890</v>
+        <v>176983</v>
       </c>
       <c r="C142" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
-          <t>ПЗЗСО "ФРІ МАЙНДЗ СКУЛ"</t>
+          <t>Гімназія "Знайка Скул"</t>
         </is>
       </c>
       <c r="E142" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G142" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H142" s="6" t="inlineStr">
         <is>
           <t>1211000000</t>
         </is>
       </c>
       <c r="I142" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J142" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K142" s="4" t="inlineStr">
         <is>
-          <t>вулиця Святителя Василя Великого, 37</t>
+          <t>вулиця Соборності, 32</t>
         </is>
       </c>
       <c r="L142" s="6" t="inlineStr">
         <is>
           <t>UA12060170010065850</t>
         </is>
       </c>
       <c r="M142" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N142" s="7"/>
       <c r="O142" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти виконкому Саксаганської районної у місті ради</t>
+          <t>Відділ освіти виконавчого комітету Металургійної районної у місті ради</t>
         </is>
       </c>
       <c r="P142" s="4" t="inlineStr">
         <is>
-          <t>(068)5889898</t>
+          <t>(096)3652659</t>
         </is>
       </c>
       <c r="Q142" s="4"/>
       <c r="R142" s="4" t="inlineStr">
         <is>
-          <t>freemindsschool37@gmail.com</t>
+          <t>znayka.school.kr@gmail.com</t>
         </is>
       </c>
       <c r="S142" s="4" t="inlineStr">
         <is>
-          <t>freemindschool.org.ua</t>
+          <t>https://sadik-znayka.dp.ua/</t>
         </is>
       </c>
       <c r="T142" s="4" t="inlineStr">
         <is>
-          <t>Директор Бондар Єлизавета Вікторівна</t>
+          <t>Директор Вірко Наталія Миколаївна</t>
         </is>
       </c>
       <c r="U142" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V142" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W142" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X142" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y142" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) "ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ "КРИВОРІЗЬКИЙ ЛІЦЕЙ "НЕПОСИДА СКУЛ"</t>
+          <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) "ПРИВАТНИЙ ЗАКЛАД ЗАГАЛНОЇ СЕРЕДНЬОЇ ОСВІТИ "КРИВОРІЗЬКА ГІМНАЗІЯ "ФРІ МАЙНДЗ СКУЛ"</t>
         </is>
       </c>
       <c r="B143" s="5" t="n">
-        <v>176878</v>
+        <v>176890</v>
       </c>
       <c r="C143" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
-          <t>ПЗЗСО "НЕПОСИДА СКУЛ"</t>
+          <t>ПЗЗСО "ФРІ МАЙНДЗ СКУЛ"</t>
         </is>
       </c>
       <c r="E143" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G143" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H143" s="6" t="inlineStr">
         <is>
           <t>1211000000</t>
         </is>
       </c>
       <c r="I143" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J143" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K143" s="4" t="inlineStr">
         <is>
-          <t>проспект Миру, 8а</t>
+          <t>вулиця Святителя Василя Великого, 37</t>
         </is>
       </c>
       <c r="L143" s="6" t="inlineStr">
         <is>
           <t>UA12060170010065850</t>
         </is>
       </c>
       <c r="M143" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N143" s="7"/>
       <c r="O143" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Металургійної районної у місті ради</t>
+          <t>Управління освіти виконкому Саксаганської районної у місті ради</t>
         </is>
       </c>
       <c r="P143" s="4" t="inlineStr">
         <is>
-          <t>(067)2120430</t>
+          <t>(068)5889898</t>
         </is>
       </c>
       <c r="Q143" s="4"/>
       <c r="R143" s="4" t="inlineStr">
         <is>
-          <t>schoolneposeda.kr@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S143" s="4"/>
+          <t>freemindsschool37@gmail.com</t>
+        </is>
+      </c>
+      <c r="S143" s="4" t="inlineStr">
+        <is>
+          <t>freemindschool.org.ua</t>
+        </is>
+      </c>
       <c r="T143" s="4" t="inlineStr">
         <is>
-          <t>Директор Ємельянова Юлія Юріївна</t>
+          <t>Директор Бондар Єлизавета Вікторівна</t>
         </is>
       </c>
       <c r="U143" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V143" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W143" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X143" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y143" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ КРИВОРІЗЬКИЙ ЛІЦЕЙ "ІТ СТЕП СКУЛ КРИВИЙ РІГ" ДНІПРОПЕТРОВСЬКОЇ ОБЛАСТІ</t>
+          <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) "ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ "КРИВОРІЗЬКИЙ ЛІЦЕЙ "НЕПОСИДА СКУЛ"</t>
         </is>
       </c>
       <c r="B144" s="5" t="n">
-        <v>176490</v>
+        <v>176878</v>
       </c>
       <c r="C144" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
-          <t>КРИВОРІЗЬКИЙ ЛІЦЕЙ "ІТ СТЕП СКУЛ КРИВИЙ РІГ"</t>
+          <t>ПЗЗСО "НЕПОСИДА СКУЛ"</t>
         </is>
       </c>
       <c r="E144" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G144" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H144" s="6" t="inlineStr">
         <is>
-          <t>1211037500</t>
+          <t>1211000000</t>
         </is>
       </c>
       <c r="I144" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J144" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K144" s="4" t="inlineStr">
         <is>
-          <t>проспект Поштовий, 5</t>
+          <t>проспект Миру, 8а</t>
         </is>
       </c>
       <c r="L144" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010720279</t>
+          <t>UA12060170010065850</t>
         </is>
       </c>
       <c r="M144" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N144" s="7"/>
       <c r="O144" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
+          <t>Відділ освіти виконавчого комітету Металургійної районної у місті ради</t>
         </is>
       </c>
       <c r="P144" s="4" t="inlineStr">
         <is>
-          <t>(067)8288586</t>
+          <t>(067)2120430</t>
         </is>
       </c>
       <c r="Q144" s="4"/>
       <c r="R144" s="4" t="inlineStr">
         <is>
-          <t>school.kr@itstep.org</t>
+          <t>schoolneposeda.kr@gmail.com</t>
         </is>
       </c>
       <c r="S144" s="4"/>
       <c r="T144" s="4" t="inlineStr">
         <is>
-          <t>Директор Дубінська Лариса Геннадіївна</t>
+          <t>Директор Ємельянова Юлія Юріївна</t>
         </is>
       </c>
       <c r="U144" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V144" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W144" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X144" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y144" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ПРИВАТНА ШКОЛА "ЗНАЙКІН"</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ КРИВОРІЗЬКИЙ ЛІЦЕЙ "ІТ СТЕП СКУЛ КРИВИЙ РІГ" ДНІПРОПЕТРОВСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B145" s="5" t="n">
-        <v>176888</v>
+        <v>176490</v>
       </c>
       <c r="C145" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ЗНАЙКІН ШКОЛА"</t>
+          <t>КРИВОРІЗЬКИЙ ЛІЦЕЙ "ІТ СТЕП СКУЛ КРИВИЙ РІГ"</t>
         </is>
       </c>
       <c r="E145" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G145" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H145" s="6" t="inlineStr">
         <is>
-          <t>1211000000</t>
+          <t>1211037500</t>
         </is>
       </c>
       <c r="I145" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J145" s="4" t="inlineStr">
         <is>
           <t>Кривий Ріг, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K145" s="4" t="inlineStr">
         <is>
-          <t>вулиця Радієвського Генерала, 19</t>
+          <t>проспект Поштовий, 5</t>
         </is>
       </c>
       <c r="L145" s="6" t="inlineStr">
         <is>
-          <t>UA12060170010065850</t>
+          <t>UA12060170010720279</t>
         </is>
       </c>
       <c r="M145" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Кривий Ріг</t>
         </is>
       </c>
       <c r="N145" s="7"/>
       <c r="O145" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти виконкому Саксаганської районної у місті ради</t>
+          <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P145" s="4" t="inlineStr">
         <is>
-          <t>(097)4326361</t>
+          <t>(067)8288586</t>
         </is>
       </c>
       <c r="Q145" s="4"/>
       <c r="R145" s="4" t="inlineStr">
         <is>
-          <t>3naikinschool@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>school.kr@itstep.org</t>
+        </is>
+      </c>
+      <c r="S145" s="4"/>
       <c r="T145" s="4" t="inlineStr">
         <is>
-          <t> Андрусик Артур Олексійович</t>
+          <t>Директор Дубінська Лариса Геннадіївна</t>
         </is>
       </c>
       <c r="U145" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V145" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W145" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X145" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y145" s="5"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="4" t="inlineStr">
+        <is>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ПРИВАТНА ШКОЛА "ЗНАЙКІН"</t>
+        </is>
+      </c>
+      <c r="B146" s="5" t="n">
+        <v>176888</v>
+      </c>
+      <c r="C146" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>ТОВ "ЗНАЙКІН ШКОЛА"</t>
+        </is>
+      </c>
+      <c r="E146" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>початкова школа</t>
+        </is>
+      </c>
+      <c r="G146" s="4" t="inlineStr">
+        <is>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="H146" s="6" t="inlineStr">
+        <is>
+          <t>1211000000</t>
+        </is>
+      </c>
+      <c r="I146" s="4" t="inlineStr">
+        <is>
+          <t>Дніпропетровська область</t>
+        </is>
+      </c>
+      <c r="J146" s="4" t="inlineStr">
+        <is>
+          <t>Кривий Ріг, Дніпропетровська область</t>
+        </is>
+      </c>
+      <c r="K146" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Радієвського Генерала, 19</t>
+        </is>
+      </c>
+      <c r="L146" s="6" t="inlineStr">
+        <is>
+          <t>UA12060170010065850</t>
+        </is>
+      </c>
+      <c r="M146" s="4" t="inlineStr">
+        <is>
+          <t>Дніпропетровська обл., м. Кривий Ріг</t>
+        </is>
+      </c>
+      <c r="N146" s="7"/>
+      <c r="O146" s="4" t="inlineStr">
+        <is>
+          <t>Управління освіти виконкому Саксаганської районної у місті ради</t>
+        </is>
+      </c>
+      <c r="P146" s="4" t="inlineStr">
+        <is>
+          <t>(097)4326361</t>
+        </is>
+      </c>
+      <c r="Q146" s="4"/>
+      <c r="R146" s="4" t="inlineStr">
+        <is>
+          <t>3naikinschool@gmail.com</t>
+        </is>
+      </c>
+      <c r="S146" s="4" t="inlineStr">
+        <is>
+          <t>https://www.instagram.com/3naikin_school</t>
+        </is>
+      </c>
+      <c r="T146" s="4" t="inlineStr">
+        <is>
+          <t> Андрусик Артур Олексійович</t>
+        </is>
+      </c>
+      <c r="U146" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V146" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W146" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X146" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y146" s="5"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:Y145"/>
+  <autoFilter ref="A1:Y146"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>