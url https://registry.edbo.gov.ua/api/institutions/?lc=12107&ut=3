--- v0 (2025-10-28)
+++ v1 (2025-12-17)
@@ -635,51 +635,51 @@
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(097)2743324</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>school10zovtivodi@gmail.com</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
           <t>http://school10zovtivodi.e-schools.info</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
           <t>Директор Затинацька Елеонора Валентинівна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
           <t>комунальний заклад загальної середньої освіти ліцей №12 Жовтоводської міської ради</t>
         </is>
       </c>