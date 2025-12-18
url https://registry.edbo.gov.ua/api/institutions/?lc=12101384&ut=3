--- v0 (2025-10-27)
+++ v1 (2025-12-18)
@@ -1195,51 +1195,51 @@
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Департамент гуманітарної політики Дніпровської міської ради</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
           <t>(066)0007501</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
           <t>zso109@dhp.dniprorada.gov.u</t>
         </is>
       </c>
       <c r="S9" s="4" t="inlineStr">
         <is>
           <t>nvo109.dnepredu.com</t>
         </is>
       </c>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Біляєва Оксана Вячеславівна</t>
+          <t>Директор Ждань Ірина Володимирівна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
@@ -1384,51 +1384,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
           <t>1210138400</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>Дніпро, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
-          <t>вулиця Синельниківська, 5</t>
+          <t>вулиця Кирила Синельникова, 5</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA12020010010475293</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Дніпро</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Департамент гуманітарної політики Дніпровської міської ради</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
           <t>(097)1005763</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">