--- v0 (2025-11-01)
+++ v1 (2025-12-17)
@@ -2880,51 +2880,51 @@
       </c>
       <c r="L24" s="6" t="inlineStr">
         <is>
           <t>UA12020010010350200</t>
         </is>
       </c>
       <c r="M24" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Дніпро</t>
         </is>
       </c>
       <c r="N24" s="7"/>
       <c r="O24" s="4" t="inlineStr">
         <is>
           <t>Департамент гуманітарної політики Дніпровської міської ради</t>
         </is>
       </c>
       <c r="P24" s="4" t="inlineStr">
         <is>
           <t>(067)3727409</t>
         </is>
       </c>
       <c r="Q24" s="4"/>
       <c r="R24" s="4" t="inlineStr">
         <is>
-          <t>sz054@dhp.dniprorada.gov.ua</t>
+          <t>zso54@dhp.dniprorada.gov.ua</t>
         </is>
       </c>
       <c r="S24" s="4" t="inlineStr">
         <is>
           <t>http://scool54.dnepredu.com/</t>
         </is>
       </c>
       <c r="T24" s="4" t="inlineStr">
         <is>
           <t>Директор Шапошник Ірина Анатоліївна</t>
         </is>
       </c>
       <c r="U24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W24" s="6" t="inlineStr">
         <is>
           <t>ні</t>