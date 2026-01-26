--- v0 (2025-11-08)
+++ v1 (2026-01-26)
@@ -593,51 +593,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>1210137800</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Дніпро, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
-          <t>вулиця Крамського, 12-А</t>
+          <t>вулиця Крамського, 6</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA12020010010757287</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Дніпро</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Департамент гуманітарної політики Дніпровської міської ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(099)1815969</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">