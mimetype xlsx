--- v0 (2025-10-13)
+++ v1 (2025-11-29)
@@ -404,51 +404,51 @@
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Департамент гуманітарної політики Дніпровської міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(095)5321983</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>zso128@dhp.dniprorada.gov.ua</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://sz128.dnepredu.com</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t>Директор Чорнобай Павло Олексійович</t>
+          <t>В.о. директора Онойченко Ірина Володимирівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
@@ -630,51 +630,51 @@
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Департамент гуманітарної політики Дніпровської міської ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(073)4428750</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>zso58@dhp.dniprorada.gov.ua</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
           <t>http://school-58.klasna.com</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Причина Ірина Антонівна</t>
+          <t>В.о. директора Хватова Олена Григорівна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
@@ -1195,51 +1195,51 @@
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Департамент гуманітарної політики Дніпровської міської ради</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
           <t>(098)1025271</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
           <t>zso9@dhp.dniprorada.gov.uа</t>
         </is>
       </c>
       <c r="S9" s="4" t="inlineStr">
         <is>
           <t>http://anschool9.klasna.com/</t>
         </is>
       </c>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Яценко Валентина Анатоліївна</t>
+          <t>Директор Яценко Валентина Анатоліївна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">