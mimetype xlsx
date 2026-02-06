--- v0 (2025-10-19)
+++ v1 (2026-02-06)
@@ -630,51 +630,51 @@
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Департамент гуманітарної політики Дніпровської міської ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(093)7304561</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>zso121@dhp.dniprorada.gov.ua</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
           <t>http://www.kzo-121.ucoz.net</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
-          <t>Директор Гавриленко Світлана Олександрівна</t>
+          <t>В.о. директора Нестеренко Ірина Сергіївна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
@@ -932,88 +932,88 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>1210137200</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Дніпро, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
-          <t>вулиця Софії Ковалевської, 71-А</t>
+          <t>вулиця Галини Мазепи, 71-А</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA12020010010231764</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Дніпро</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Департамент гуманітарної політики Дніпровської міської ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
-          <t>(066)9963421</t>
+          <t>(050)7397065</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
-          <t>nvk041@dhp.dniprorada.gov.ua</t>
+          <t>g41@dhp.dniprorada.gov.ua</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
           <t>http://www.nvk41.org.ua</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Директор Слінченко Галина Михайлівна</t>
+          <t>В.о. директора Кісенко Яна Артурівна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
@@ -2438,51 +2438,51 @@
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
           <t>(095)5377526, (098)2198006</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
           <t>shans.spec@gmail.com</t>
         </is>
       </c>
       <c r="S20" s="4" t="inlineStr">
         <is>
           <t>shans.dp.ua</t>
         </is>
       </c>
       <c r="T20" s="4" t="inlineStr">
         <is>
-          <t>Директор Тороп Крістіна Сергіївна</t>
+          <t>Т.в.о. директора Ляшенко Валерія Володимирівна</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y20" s="5"/>
     </row>
   </sheetData>