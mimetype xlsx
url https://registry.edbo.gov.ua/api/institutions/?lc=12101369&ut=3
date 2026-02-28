--- v0 (2025-12-16)
+++ v1 (2026-02-28)
@@ -2547,51 +2547,51 @@
       </c>
       <c r="N21" s="7"/>
       <c r="O21" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P21" s="4" t="inlineStr">
         <is>
           <t>(068)3416420</t>
         </is>
       </c>
       <c r="Q21" s="4"/>
       <c r="R21" s="4" t="inlineStr">
         <is>
           <t>kzo.domrc@gmail.com</t>
         </is>
       </c>
       <c r="S21" s="4" t="inlineStr">
         <is>
           <t>http://www.domrc.clasna.com</t>
         </is>
       </c>
       <c r="T21" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Дрюк Тетяна Петрівна</t>
+          <t>Директор Дрюк Тетяна Петрівна</t>
         </is>
       </c>
       <c r="U21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y21" s="5" t="n">
         <v>20</v>
       </c>