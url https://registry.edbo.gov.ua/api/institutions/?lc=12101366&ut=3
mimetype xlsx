--- v0 (2025-10-16)
+++ v1 (2026-02-06)
@@ -1066,51 +1066,51 @@
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
           <t>вулиця Козака Мамая, 17-А</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA12020010010816623</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Дніпро</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Департамент гуманітарної політики Дніпровської міської ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
-          <t>(050)3400286</t>
+          <t>(095)2479600</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
           <t>zso119@dhp.dniprorada.gov.ua</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
           <t>http://school119.dnepredu.com/</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
           <t>Директор Чорна Ольга Василівна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
@@ -1857,51 +1857,51 @@
         </is>
       </c>
       <c r="K15" s="4" t="inlineStr">
         <is>
           <t>вулиця Василя Барки, 29</t>
         </is>
       </c>
       <c r="L15" s="6" t="inlineStr">
         <is>
           <t>UA12020010010816623</t>
         </is>
       </c>
       <c r="M15" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Дніпро</t>
         </is>
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="4" t="inlineStr">
         <is>
           <t>Департамент гуманітарної політики Дніпровської міської ради</t>
         </is>
       </c>
       <c r="P15" s="4" t="inlineStr">
         <is>
-          <t>(063)2216986</t>
+          <t>(093)5063682</t>
         </is>
       </c>
       <c r="Q15" s="4"/>
       <c r="R15" s="4" t="inlineStr">
         <is>
           <t>zso137@dhp.dniprorada.gov.ua</t>
         </is>
       </c>
       <c r="S15" s="4" t="inlineStr">
         <is>
           <t>http://nvk137.klasna.com/</t>
         </is>
       </c>
       <c r="T15" s="4" t="inlineStr">
         <is>
           <t>Директор Луговицька Інна Василівна</t>
         </is>
       </c>
       <c r="U15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
@@ -2466,66 +2466,62 @@
       <c r="U20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="4" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Приватна середня загальноосвітня школа №5"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ПРИВАТНИЙ ЛІЦЕЙ №5 З ДОШКІЛЬНИМ ВІДДІЛЕННЯМ, ПОЧАТКОВОЮ ШКОЛОЮ ТА ГІМНАЗІЄЮ М. ДНІПРА"</t>
         </is>
       </c>
       <c r="B21" s="5" t="n">
         <v>144689</v>
       </c>
       <c r="C21" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D21" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D21" s="4"/>
       <c r="E21" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G21" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H21" s="6" t="inlineStr">
         <is>
           <t>1210136600</t>
         </is>
       </c>
       <c r="I21" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>