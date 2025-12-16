--- v0 (2025-10-24)
+++ v1 (2025-12-16)
@@ -2757,57 +2757,57 @@
         </is>
       </c>
       <c r="K23" s="4" t="inlineStr">
         <is>
           <t>вулиця Вітчизняна, 93</t>
         </is>
       </c>
       <c r="L23" s="6" t="inlineStr">
         <is>
           <t>UA12020010010114149</t>
         </is>
       </c>
       <c r="M23" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Дніпро</t>
         </is>
       </c>
       <c r="N23" s="7"/>
       <c r="O23" s="4" t="inlineStr">
         <is>
           <t>Департамент гуманітарної політики Дніпровської міської ради</t>
         </is>
       </c>
       <c r="P23" s="4" t="inlineStr">
         <is>
-          <t>(056)7895085, (050)3400714</t>
+          <t>(066)9511277</t>
         </is>
       </c>
       <c r="Q23" s="4"/>
       <c r="R23" s="4" t="inlineStr">
         <is>
-          <t>fel@dhp.dniprorada.gov.ua</t>
+          <t>lfe@dhp.dniprorada.gov.ua</t>
         </is>
       </c>
       <c r="S23" s="4" t="inlineStr">
         <is>
           <t>http://fel2005.dp.ua/</t>
         </is>
       </c>
       <c r="T23" s="4" t="inlineStr">
         <is>
           <t>Директор Новохатна Дарія Анатоліївна</t>
         </is>
       </c>
       <c r="U23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -2849,51 +2849,51 @@
           <t>навчально-реабілітаційний центр</t>
         </is>
       </c>
       <c r="G24" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H24" s="6" t="inlineStr">
         <is>
           <t>1210136300</t>
         </is>
       </c>
       <c r="I24" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J24" s="4" t="inlineStr">
         <is>
           <t>Дніпро, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K24" s="4" t="inlineStr">
         <is>
-          <t>вулиця Донецке Шоссе, 118</t>
+          <t>вулиця Донецьке шосе, 118</t>
         </is>
       </c>
       <c r="L24" s="6" t="inlineStr">
         <is>
           <t>UA12020010010114149</t>
         </is>
       </c>
       <c r="M24" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Дніпро</t>
         </is>
       </c>
       <c r="N24" s="7"/>
       <c r="O24" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P24" s="4" t="inlineStr">
         <is>
           <t>(096)5715024, (056)7242764</t>
         </is>
       </c>
       <c r="Q24" s="4"/>
       <c r="R24" s="4" t="inlineStr">