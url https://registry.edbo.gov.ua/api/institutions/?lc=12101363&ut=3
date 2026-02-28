--- v1 (2025-12-16)
+++ v2 (2026-02-28)
@@ -3319,51 +3319,51 @@
         </is>
       </c>
       <c r="J28" s="4" t="inlineStr">
         <is>
           <t>Дніпро, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K28" s="4" t="inlineStr">
         <is>
           <t>вулиця Універсальна, 4</t>
         </is>
       </c>
       <c r="L28" s="6" t="inlineStr">
         <is>
           <t>UA12020010010114149</t>
         </is>
       </c>
       <c r="M28" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Дніпро</t>
         </is>
       </c>
       <c r="N28" s="7"/>
       <c r="O28" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
+          <t>Департамент гуманітарної політики Дніпровської міської ради</t>
         </is>
       </c>
       <c r="P28" s="4" t="inlineStr">
         <is>
           <t>(050)3425304, (098)5679952</t>
         </is>
       </c>
       <c r="Q28" s="4"/>
       <c r="R28" s="4" t="inlineStr">
         <is>
           <t>sv.uspenskaya.shkola@gmail.com</t>
         </is>
       </c>
       <c r="S28" s="4" t="inlineStr">
         <is>
           <t>uspenskaya.dp.ua</t>
         </is>
       </c>
       <c r="T28" s="4" t="inlineStr">
         <is>
           <t>Директор Кучук Тимофій Юрійович</t>
         </is>
       </c>
       <c r="U28" s="6" t="inlineStr">
         <is>