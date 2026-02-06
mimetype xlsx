--- v0 (2025-12-05)
+++ v1 (2026-02-06)
@@ -2430,51 +2430,51 @@
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
           <t>Департамент гуманітарної політики Дніпровської міської ради</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
           <t>(093)7304561</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
           <t>zso121@dhp.dniprorada.gov.ua</t>
         </is>
       </c>
       <c r="S20" s="4" t="inlineStr">
         <is>
           <t>http://www.kzo-121.ucoz.net</t>
         </is>
       </c>
       <c r="T20" s="4" t="inlineStr">
         <is>
-          <t>Директор Гавриленко Світлана Олександрівна</t>
+          <t>В.о. директора Нестеренко Ірина Сергіївна</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
@@ -4540,51 +4540,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G39" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H39" s="6" t="inlineStr">
         <is>
           <t>1210137800</t>
         </is>
       </c>
       <c r="I39" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J39" s="4" t="inlineStr">
         <is>
           <t>Дніпро, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K39" s="4" t="inlineStr">
         <is>
-          <t>вулиця Крамського, 12-А</t>
+          <t>вулиця Крамського, 6</t>
         </is>
       </c>
       <c r="L39" s="6" t="inlineStr">
         <is>
           <t>UA12020010010757287</t>
         </is>
       </c>
       <c r="M39" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Дніпро</t>
         </is>
       </c>
       <c r="N39" s="7"/>
       <c r="O39" s="4" t="inlineStr">
         <is>
           <t>Департамент гуманітарної політики Дніпровської міської ради</t>
         </is>
       </c>
       <c r="P39" s="4" t="inlineStr">
         <is>
           <t>(099)1815969</t>
         </is>
       </c>
       <c r="Q39" s="4"/>
       <c r="R39" s="4" t="inlineStr">
@@ -4992,88 +4992,88 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G43" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H43" s="6" t="inlineStr">
         <is>
           <t>1210137200</t>
         </is>
       </c>
       <c r="I43" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J43" s="4" t="inlineStr">
         <is>
           <t>Дніпро, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K43" s="4" t="inlineStr">
         <is>
-          <t>вулиця Софії Ковалевської, 71-А</t>
+          <t>вулиця Галини Мазепи, 71-А</t>
         </is>
       </c>
       <c r="L43" s="6" t="inlineStr">
         <is>
           <t>UA12020010010231764</t>
         </is>
       </c>
       <c r="M43" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Дніпро</t>
         </is>
       </c>
       <c r="N43" s="7"/>
       <c r="O43" s="4" t="inlineStr">
         <is>
           <t>Департамент гуманітарної політики Дніпровської міської ради</t>
         </is>
       </c>
       <c r="P43" s="4" t="inlineStr">
         <is>
-          <t>(066)9963421</t>
+          <t>(050)7397065</t>
         </is>
       </c>
       <c r="Q43" s="4"/>
       <c r="R43" s="4" t="inlineStr">
         <is>
-          <t>nvk041@dhp.dniprorada.gov.ua</t>
+          <t>g41@dhp.dniprorada.gov.ua</t>
         </is>
       </c>
       <c r="S43" s="4" t="inlineStr">
         <is>
           <t>http://www.nvk41.org.ua</t>
         </is>
       </c>
       <c r="T43" s="4" t="inlineStr">
         <is>
-          <t>Директор Слінченко Галина Михайлівна</t>
+          <t>В.о. директора Кісенко Яна Артурівна</t>
         </is>
       </c>
       <c r="U43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y43" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
@@ -9533,51 +9533,51 @@
         </is>
       </c>
       <c r="K83" s="4" t="inlineStr">
         <is>
           <t>вулиця Козака Мамая, 17-А</t>
         </is>
       </c>
       <c r="L83" s="6" t="inlineStr">
         <is>
           <t>UA12020010010816623</t>
         </is>
       </c>
       <c r="M83" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Дніпро</t>
         </is>
       </c>
       <c r="N83" s="7"/>
       <c r="O83" s="4" t="inlineStr">
         <is>
           <t>Департамент гуманітарної політики Дніпровської міської ради</t>
         </is>
       </c>
       <c r="P83" s="4" t="inlineStr">
         <is>
-          <t>(050)3400286</t>
+          <t>(095)2479600</t>
         </is>
       </c>
       <c r="Q83" s="4"/>
       <c r="R83" s="4" t="inlineStr">
         <is>
           <t>zso119@dhp.dniprorada.gov.ua</t>
         </is>
       </c>
       <c r="S83" s="4" t="inlineStr">
         <is>
           <t>http://school119.dnepredu.com/</t>
         </is>
       </c>
       <c r="T83" s="4" t="inlineStr">
         <is>
           <t>Директор Чорна Ольга Василівна</t>
         </is>
       </c>
       <c r="U83" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V83" s="6" t="inlineStr">
         <is>
@@ -10868,51 +10868,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G95" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H95" s="6" t="inlineStr">
         <is>
           <t>1210138400</t>
         </is>
       </c>
       <c r="I95" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J95" s="4" t="inlineStr">
         <is>
           <t>Дніпро, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K95" s="4" t="inlineStr">
         <is>
-          <t>вулиця Синельниківська, 5</t>
+          <t>вулиця Кирила Синельникова, 5</t>
         </is>
       </c>
       <c r="L95" s="6" t="inlineStr">
         <is>
           <t>UA12020010010475293</t>
         </is>
       </c>
       <c r="M95" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Дніпро</t>
         </is>
       </c>
       <c r="N95" s="7"/>
       <c r="O95" s="4" t="inlineStr">
         <is>
           <t>Департамент гуманітарної політики Дніпровської міської ради</t>
         </is>
       </c>
       <c r="P95" s="4" t="inlineStr">
         <is>
           <t>(097)1005763</t>
         </is>
       </c>
       <c r="Q95" s="4"/>
       <c r="R95" s="4" t="inlineStr">
@@ -16313,57 +16313,57 @@
         </is>
       </c>
       <c r="K143" s="4" t="inlineStr">
         <is>
           <t>вулиця Вітчизняна, 93</t>
         </is>
       </c>
       <c r="L143" s="6" t="inlineStr">
         <is>
           <t>UA12020010010114149</t>
         </is>
       </c>
       <c r="M143" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Дніпро</t>
         </is>
       </c>
       <c r="N143" s="7"/>
       <c r="O143" s="4" t="inlineStr">
         <is>
           <t>Департамент гуманітарної політики Дніпровської міської ради</t>
         </is>
       </c>
       <c r="P143" s="4" t="inlineStr">
         <is>
-          <t>(056)7895085, (050)3400714</t>
+          <t>(066)9511277</t>
         </is>
       </c>
       <c r="Q143" s="4"/>
       <c r="R143" s="4" t="inlineStr">
         <is>
-          <t>fel@dhp.dniprorada.gov.ua</t>
+          <t>lfe@dhp.dniprorada.gov.ua</t>
         </is>
       </c>
       <c r="S143" s="4" t="inlineStr">
         <is>
           <t>http://fel2005.dp.ua/</t>
         </is>
       </c>
       <c r="T143" s="4" t="inlineStr">
         <is>
           <t>Директор Новохатна Дарія Анатоліївна</t>
         </is>
       </c>
       <c r="U143" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V143" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W143" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -19729,51 +19729,51 @@
       </c>
       <c r="N173" s="7"/>
       <c r="O173" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P173" s="4" t="inlineStr">
         <is>
           <t>(095)5377526, (098)2198006</t>
         </is>
       </c>
       <c r="Q173" s="4"/>
       <c r="R173" s="4" t="inlineStr">
         <is>
           <t>shans.spec@gmail.com</t>
         </is>
       </c>
       <c r="S173" s="4" t="inlineStr">
         <is>
           <t>shans.dp.ua</t>
         </is>
       </c>
       <c r="T173" s="4" t="inlineStr">
         <is>
-          <t>Директор Тороп Крістіна Сергіївна</t>
+          <t>Т.в.о. директора Ляшенко Валерія Володимирівна</t>
         </is>
       </c>
       <c r="U173" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V173" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W173" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X173" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y173" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="174">
@@ -20937,51 +20937,51 @@
         </is>
       </c>
       <c r="J184" s="4" t="inlineStr">
         <is>
           <t>Дніпро, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K184" s="4" t="inlineStr">
         <is>
           <t>вулиця Універсальна, 4</t>
         </is>
       </c>
       <c r="L184" s="6" t="inlineStr">
         <is>
           <t>UA12020010010114149</t>
         </is>
       </c>
       <c r="M184" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Дніпро</t>
         </is>
       </c>
       <c r="N184" s="7"/>
       <c r="O184" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
+          <t>Департамент гуманітарної політики Дніпровської міської ради</t>
         </is>
       </c>
       <c r="P184" s="4" t="inlineStr">
         <is>
           <t>(050)3425304, (098)5679952</t>
         </is>
       </c>
       <c r="Q184" s="4"/>
       <c r="R184" s="4" t="inlineStr">
         <is>
           <t>sv.uspenskaya.shkola@gmail.com</t>
         </is>
       </c>
       <c r="S184" s="4" t="inlineStr">
         <is>
           <t>uspenskaya.dp.ua</t>
         </is>
       </c>
       <c r="T184" s="4" t="inlineStr">
         <is>
           <t>Директор Кучук Тимофій Юрійович</t>
         </is>
       </c>
       <c r="U184" s="6" t="inlineStr">
         <is>
@@ -21777,66 +21777,62 @@
           <t>ні</t>
         </is>
       </c>
       <c r="V191" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W191" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X191" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y191" s="5" t="n">
         <v>120</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="4" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Приватна середня загальноосвітня школа №5"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ПРИВАТНИЙ ЛІЦЕЙ №5 З ДОШКІЛЬНИМ ВІДДІЛЕННЯМ, ПОЧАТКОВОЮ ШКОЛОЮ ТА ГІМНАЗІЄЮ М. ДНІПРА"</t>
         </is>
       </c>
       <c r="B192" s="5" t="n">
         <v>144689</v>
       </c>
       <c r="C192" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D192" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D192" s="4"/>
       <c r="E192" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F192" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G192" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H192" s="6" t="inlineStr">
         <is>
           <t>1210136600</t>
         </is>
       </c>
       <c r="I192" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>