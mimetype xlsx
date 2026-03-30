--- v1 (2026-02-06)
+++ v2 (2026-03-30)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$192</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$193</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y192"/>
+  <dimension ref="A1:Y193"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -17348,51 +17348,51 @@
       </c>
       <c r="N152" s="7"/>
       <c r="O152" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P152" s="4" t="inlineStr">
         <is>
           <t>(068)3416420</t>
         </is>
       </c>
       <c r="Q152" s="4"/>
       <c r="R152" s="4" t="inlineStr">
         <is>
           <t>kzo.domrc@gmail.com</t>
         </is>
       </c>
       <c r="S152" s="4" t="inlineStr">
         <is>
           <t>http://www.domrc.clasna.com</t>
         </is>
       </c>
       <c r="T152" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Дрюк Тетяна Петрівна</t>
+          <t>Директор Дрюк Тетяна Петрівна</t>
         </is>
       </c>
       <c r="U152" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V152" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W152" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X152" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y152" s="5" t="n">
         <v>20</v>
       </c>
@@ -21214,721 +21214,834 @@
           <t>ні</t>
         </is>
       </c>
       <c r="V186" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W186" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X186" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y186" s="5" t="n">
         <v>258</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ ЛІЦЕЙ - "ЄВРОПЕЙСЬКА ГІМНАЗІЯ" З ПОЧАТКОВОЮ ШКОЛОЮ М. ДНІПРО</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ ДНІПРОВСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "ГРАНД АЛЬЯНС"</t>
         </is>
       </c>
       <c r="B187" s="5" t="n">
-        <v>147240</v>
+        <v>176988</v>
       </c>
       <c r="C187" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D187" s="4" t="inlineStr">
         <is>
-          <t>ТОВ ЛІЦЕЙ - "ЄВРОПЕЙСЬКА ГІМНАЗІЯ"</t>
+          <t>ТОВ ДПЛ "ГРАНД АЛЬЯНС"</t>
         </is>
       </c>
       <c r="E187" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F187" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G187" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H187" s="6" t="inlineStr">
         <is>
-          <t>1210136900</t>
+          <t>1210100000</t>
         </is>
       </c>
       <c r="I187" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J187" s="4" t="inlineStr">
         <is>
           <t>Дніпро, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K187" s="4" t="inlineStr">
         <is>
-          <t>вулиця Морська, 10</t>
+          <t>вулиця Європейська, 8-Б, офіс 6</t>
         </is>
       </c>
       <c r="L187" s="6" t="inlineStr">
         <is>
-          <t>UA12020010010512802</t>
+          <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M187" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Дніпро</t>
         </is>
       </c>
       <c r="N187" s="7"/>
       <c r="O187" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P187" s="4" t="inlineStr">
         <is>
-          <t>(056)3713373</t>
+          <t>(068)117-77-88</t>
         </is>
       </c>
       <c r="Q187" s="4"/>
-      <c r="R187" s="4"/>
-      <c r="S187" s="4"/>
+      <c r="R187" s="4" t="inlineStr">
+        <is>
+          <t>grandalliance888@gmail.com</t>
+        </is>
+      </c>
+      <c r="S187" s="4" t="inlineStr">
+        <is>
+          <t>https://grandalliance.com.ua</t>
+        </is>
+      </c>
       <c r="T187" s="4" t="inlineStr">
         <is>
-          <t>Директор Левицька Галина Михайлівна</t>
+          <t>Директор Субботіна Тетяна Валентинівна</t>
         </is>
       </c>
       <c r="U187" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V187" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W187" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X187" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
-      <c r="Y187" s="5" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="Y187" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ ЛІЦЕЙ "ЦИТАДЕЛЬ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ ЛІЦЕЙ - "ЄВРОПЕЙСЬКА ГІМНАЗІЯ" З ПОЧАТКОВОЮ ШКОЛОЮ М. ДНІПРО</t>
         </is>
       </c>
       <c r="B188" s="5" t="n">
-        <v>149920</v>
+        <v>147240</v>
       </c>
       <c r="C188" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D188" s="4" t="inlineStr">
         <is>
-          <t>ТОВ ЛІЦЕЙ "ЦИТАДЕЛЬ"</t>
+          <t>ТОВ ЛІЦЕЙ - "ЄВРОПЕЙСЬКА ГІМНАЗІЯ"</t>
         </is>
       </c>
       <c r="E188" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F188" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G188" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H188" s="6" t="inlineStr">
         <is>
           <t>1210136900</t>
         </is>
       </c>
       <c r="I188" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J188" s="4" t="inlineStr">
         <is>
           <t>Дніпро, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K188" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гоголя, 23</t>
+          <t>вулиця Морська, 10</t>
         </is>
       </c>
       <c r="L188" s="6" t="inlineStr">
         <is>
           <t>UA12020010010512802</t>
         </is>
       </c>
       <c r="M188" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Дніпро</t>
         </is>
       </c>
       <c r="N188" s="7"/>
       <c r="O188" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P188" s="4" t="inlineStr">
         <is>
-          <t>(095)2252686</t>
+          <t>(056)3713373</t>
         </is>
       </c>
       <c r="Q188" s="4"/>
-      <c r="R188" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R188" s="4"/>
       <c r="S188" s="4"/>
       <c r="T188" s="4" t="inlineStr">
         <is>
-          <t>Директор Носков Валерій Геннадійович</t>
+          <t>Директор Левицька Галина Михайлівна</t>
         </is>
       </c>
       <c r="U188" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V188" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W188" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X188" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y188" s="5" t="n">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "НАВЧАЛЬНИЙ ЗАКЛАД "ДНІПРОВСЬКА СЕРЕДНЯ ЗАГАЛЬНООСВІТНЯ ШКОЛА "БРИТАНСЬКА МІЖНАРОДНА ШКОЛА - ДНІПРО"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ ЛІЦЕЙ "ЦИТАДЕЛЬ"</t>
         </is>
       </c>
       <c r="B189" s="5" t="n">
-        <v>144954</v>
+        <v>149920</v>
       </c>
       <c r="C189" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D189" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "НЗ "БРИТАНСЬКА МІЖНАРОДНА ШКОЛА - ДНІПРО"</t>
+          <t>ТОВ ЛІЦЕЙ "ЦИТАДЕЛЬ"</t>
         </is>
       </c>
       <c r="E189" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F189" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G189" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H189" s="6" t="inlineStr">
         <is>
-          <t>1210137500</t>
+          <t>1210136900</t>
         </is>
       </c>
       <c r="I189" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J189" s="4" t="inlineStr">
         <is>
           <t>Дніпро, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K189" s="4" t="inlineStr">
         <is>
-          <t>вулиця В. Антоновича, 39-А</t>
+          <t>вулиця Гоголя, 23</t>
         </is>
       </c>
       <c r="L189" s="6" t="inlineStr">
         <is>
-          <t>UA12020010010639502</t>
+          <t>UA12020010010512802</t>
         </is>
       </c>
       <c r="M189" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Дніпро</t>
         </is>
       </c>
       <c r="N189" s="7"/>
       <c r="O189" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P189" s="4" t="inlineStr">
         <is>
-          <t>(056)767-18-28</t>
+          <t>(095)2252686</t>
         </is>
       </c>
       <c r="Q189" s="4"/>
       <c r="R189" s="4" t="inlineStr">
         <is>
-          <t>dn.frontdesk@britishschool.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>katerinoslav@ukr.net</t>
+        </is>
+      </c>
+      <c r="S189" s="4"/>
       <c r="T189" s="4" t="inlineStr">
         <is>
-          <t>Директор Решта Інна Володимирівна</t>
+          <t>Директор Носков Валерій Геннадійович</t>
         </is>
       </c>
       <c r="U189" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V189" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W189" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X189" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y189" s="5" t="n">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ОНЛАЙН ШКОЛА 977"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "НАВЧАЛЬНИЙ ЗАКЛАД "ДНІПРОВСЬКА СЕРЕДНЯ ЗАГАЛЬНООСВІТНЯ ШКОЛА "БРИТАНСЬКА МІЖНАРОДНА ШКОЛА - ДНІПРО"</t>
         </is>
       </c>
       <c r="B190" s="5" t="n">
-        <v>151639</v>
+        <v>144954</v>
       </c>
       <c r="C190" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D190" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ШКОЛА 977"</t>
+          <t>ТОВ "НЗ "БРИТАНСЬКА МІЖНАРОДНА ШКОЛА - ДНІПРО"</t>
         </is>
       </c>
       <c r="E190" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F190" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G190" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H190" s="6" t="inlineStr">
         <is>
-          <t>1210136900</t>
+          <t>1210137500</t>
         </is>
       </c>
       <c r="I190" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J190" s="4" t="inlineStr">
         <is>
           <t>Дніпро, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K190" s="4" t="inlineStr">
         <is>
-          <t>площа Соборна, 1б</t>
+          <t>вулиця В. Антоновича, 39-А</t>
         </is>
       </c>
       <c r="L190" s="6" t="inlineStr">
         <is>
-          <t>UA12020010010512802</t>
+          <t>UA12020010010639502</t>
         </is>
       </c>
       <c r="M190" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Дніпро</t>
         </is>
       </c>
       <c r="N190" s="7"/>
       <c r="O190" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P190" s="4" t="inlineStr">
         <is>
-          <t>(099)1500977</t>
+          <t>(056)767-18-28</t>
         </is>
       </c>
       <c r="Q190" s="4"/>
       <c r="R190" s="4" t="inlineStr">
         <is>
-          <t>977info@gmail.com</t>
+          <t>dn.frontdesk@britishschool.ua</t>
         </is>
       </c>
       <c r="S190" s="4" t="inlineStr">
         <is>
-          <t>977.com.ua</t>
+          <t>http://britishschool.ua</t>
         </is>
       </c>
       <c r="T190" s="4" t="inlineStr">
         <is>
-          <t>Директор Рощина Ганна Сергіївна</t>
+          <t>Директор Решта Інна Володимирівна</t>
         </is>
       </c>
       <c r="U190" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V190" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W190" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X190" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y190" s="5" t="n">
-        <v>1920</v>
+        <v>120</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ПОЧАТКОВА ШКОЛА "ХЕЛЛОУ СКУЛ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ОНЛАЙН ШКОЛА 977"</t>
         </is>
       </c>
       <c r="B191" s="5" t="n">
-        <v>176645</v>
+        <v>151639</v>
       </c>
       <c r="C191" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D191" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ПШ Хелло Скул"</t>
+          <t>ТОВ "ШКОЛА 977"</t>
         </is>
       </c>
       <c r="E191" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F191" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G191" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H191" s="6" t="inlineStr">
         <is>
-          <t>1210100000</t>
+          <t>1210136900</t>
         </is>
       </c>
       <c r="I191" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J191" s="4" t="inlineStr">
         <is>
           <t>Дніпро, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K191" s="4" t="inlineStr">
         <is>
-          <t>вулиця Моссаковського Володимира, 7, н/п №421</t>
+          <t>площа Соборна, 1б</t>
         </is>
       </c>
       <c r="L191" s="6" t="inlineStr">
         <is>
-          <t>UA12020010010037010</t>
+          <t>UA12020010010512802</t>
         </is>
       </c>
       <c r="M191" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Дніпро</t>
         </is>
       </c>
       <c r="N191" s="7"/>
       <c r="O191" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P191" s="4" t="inlineStr">
         <is>
-          <t>(066)6601515</t>
+          <t>(099)1500977</t>
         </is>
       </c>
       <c r="Q191" s="4"/>
       <c r="R191" s="4" t="inlineStr">
         <is>
-          <t>helloschool2021@gmail.com</t>
+          <t>977info@gmail.com</t>
         </is>
       </c>
       <c r="S191" s="4" t="inlineStr">
         <is>
-          <t>http://hellobaby.in.ua/hello-school/</t>
+          <t>977.com.ua</t>
         </is>
       </c>
       <c r="T191" s="4" t="inlineStr">
         <is>
-          <t>Директор Сомсікова Наталія Олександрівна</t>
+          <t>Директор Рощина Ганна Сергіївна</t>
         </is>
       </c>
       <c r="U191" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V191" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W191" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X191" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y191" s="5" t="n">
-        <v>120</v>
+        <v>1920</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ПРИВАТНИЙ ЛІЦЕЙ №5 З ДОШКІЛЬНИМ ВІДДІЛЕННЯМ, ПОЧАТКОВОЮ ШКОЛОЮ ТА ГІМНАЗІЄЮ М. ДНІПРА"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ПОЧАТКОВА ШКОЛА "ХЕЛЛОУ СКУЛ"</t>
         </is>
       </c>
       <c r="B192" s="5" t="n">
-        <v>144689</v>
+        <v>176645</v>
       </c>
       <c r="C192" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D192" s="4"/>
+      <c r="D192" s="4" t="inlineStr">
+        <is>
+          <t>ТОВ "ПШ Хелло Скул"</t>
+        </is>
+      </c>
       <c r="E192" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F192" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G192" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H192" s="6" t="inlineStr">
         <is>
-          <t>1210136600</t>
+          <t>1210100000</t>
         </is>
       </c>
       <c r="I192" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська область</t>
         </is>
       </c>
       <c r="J192" s="4" t="inlineStr">
         <is>
           <t>Дніпро, Дніпропетровська область</t>
         </is>
       </c>
       <c r="K192" s="4" t="inlineStr">
         <is>
-          <t>шосе Запорізьке, 12</t>
+          <t>вулиця Моссаковського Володимира, 7, н/п №421</t>
         </is>
       </c>
       <c r="L192" s="6" t="inlineStr">
         <is>
-          <t>UA12020010010816623</t>
+          <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M192" s="4" t="inlineStr">
         <is>
           <t>Дніпропетровська обл., м. Дніпро</t>
         </is>
       </c>
       <c r="N192" s="7"/>
       <c r="O192" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P192" s="4" t="inlineStr">
         <is>
-          <t>(056)796-74-84, (063)796-74-84</t>
+          <t>(066)6601515</t>
         </is>
       </c>
       <c r="Q192" s="4"/>
       <c r="R192" s="4" t="inlineStr">
         <is>
+          <t>helloschool2021@gmail.com</t>
+        </is>
+      </c>
+      <c r="S192" s="4" t="inlineStr">
+        <is>
+          <t>http://hellobaby.in.ua/hello-school/</t>
+        </is>
+      </c>
+      <c r="T192" s="4" t="inlineStr">
+        <is>
+          <t>Директор Сомсікова Наталія Олександрівна</t>
+        </is>
+      </c>
+      <c r="U192" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V192" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W192" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X192" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y192" s="5" t="n">
+        <v>120</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="193">
+      <c r="A193" s="4" t="inlineStr">
+        <is>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ПРИВАТНИЙ ЛІЦЕЙ №5 З ДОШКІЛЬНИМ ВІДДІЛЕННЯМ, ПОЧАТКОВОЮ ШКОЛОЮ ТА ГІМНАЗІЄЮ М. ДНІПРА"</t>
+        </is>
+      </c>
+      <c r="B193" s="5" t="n">
+        <v>144689</v>
+      </c>
+      <c r="C193" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D193" s="4"/>
+      <c r="E193" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F193" s="4" t="inlineStr">
+        <is>
+          <t>школа</t>
+        </is>
+      </c>
+      <c r="G193" s="4" t="inlineStr">
+        <is>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="H193" s="6" t="inlineStr">
+        <is>
+          <t>1210136600</t>
+        </is>
+      </c>
+      <c r="I193" s="4" t="inlineStr">
+        <is>
+          <t>Дніпропетровська область</t>
+        </is>
+      </c>
+      <c r="J193" s="4" t="inlineStr">
+        <is>
+          <t>Дніпро, Дніпропетровська область</t>
+        </is>
+      </c>
+      <c r="K193" s="4" t="inlineStr">
+        <is>
+          <t>шосе Запорізьке, 12</t>
+        </is>
+      </c>
+      <c r="L193" s="6" t="inlineStr">
+        <is>
+          <t>UA12020010010816623</t>
+        </is>
+      </c>
+      <c r="M193" s="4" t="inlineStr">
+        <is>
+          <t>Дніпропетровська обл., м. Дніпро</t>
+        </is>
+      </c>
+      <c r="N193" s="7"/>
+      <c r="O193" s="4" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
+        </is>
+      </c>
+      <c r="P193" s="4" t="inlineStr">
+        <is>
+          <t>(056)796-74-84, (063)796-74-84</t>
+        </is>
+      </c>
+      <c r="Q193" s="4"/>
+      <c r="R193" s="4" t="inlineStr">
+        <is>
           <t>all@school5.dp.ua</t>
         </is>
       </c>
-      <c r="S192" s="4" t="inlineStr">
+      <c r="S193" s="4" t="inlineStr">
         <is>
           <t>www.school5.dp.ua</t>
         </is>
       </c>
-      <c r="T192" s="4" t="inlineStr">
+      <c r="T193" s="4" t="inlineStr">
         <is>
           <t>Директор Скрипник Любов Петрівна</t>
         </is>
       </c>
-      <c r="U192" s="6" t="inlineStr">
-[...19 lines deleted...]
-      <c r="Y192" s="5"/>
+      <c r="U193" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V193" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W193" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X193" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y193" s="5"/>
     </row>
   </sheetData>
-  <autoFilter ref="A1:Y192"/>
+  <autoFilter ref="A1:Y193"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>