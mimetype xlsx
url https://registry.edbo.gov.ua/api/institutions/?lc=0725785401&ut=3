--- v0 (2025-11-04)
+++ v1 (2026-02-11)
@@ -367,51 +367,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>0725785401</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Волинська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Самійличі, Шацький район, Волинська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 43</t>
+          <t>вулиця Центральна, 43-А</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA07060450270038113</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Волинська обл., Ковельський р-н, с. Самійличі</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління гуманітарного розвитку Шацької селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(097)5940880</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">